--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,173 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...121 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -187,183 +65,309 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10156231</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3293611.3331623</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Implementing Mediators with Asynchronous Cheap Talk</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Abraham, Ittai; Dolev, Danny; Geffner, Ivan; Halpern, Joseph Y.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-07-16T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 38th Annual ACM Symposium on Principles of Distributed Computing</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>501 to 510</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>A mediator can help non-cooperative agents obtain an equilibrium that may otherwise not be possible.  We study the ability of players to obtain the same equilibrium without a
+mediator, using only cheap talk, that is, nonbinding pre-play communication.
+Previous work has considered this problem in a synchronous setting.
+Here we consider the effect of asynchrony on the problem, and provide upper bounds for implementing mediators. Considering asynchronous environments introduces new subtleties, including exactly what solution concept is most appropriate and determining what move is played if the cheap talk goes on forever.  Different results
+are obtained depending on whether the move after such ``infinite play'' is under the control of the players or part of the description of the game.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1703846</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>