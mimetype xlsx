--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10157219</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3320288.3320295</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Spatiotemporal Sequence Memory for Prediction using Deep Sparse Coding</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kim, Edward; Lawson, Edgar; Sullivan, Keith; Kenyon, Garrett T.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>NICE '19: Proceedings of the 7th Annual Neuro-inspired Computational Elements Workshop</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 7</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Our brains are, “prediction machines”, where we are continuously comparing our surroundings with predictions from internal models generated by our brains. This is demonstrated by observing our basic low level sensory systems and how they predict environmental changes as we move through space and time. Indeed, even at higher cognitive levels, we are able to do prediction. We can predict how the laws of physics affect people, places, and things and even predict the end of someone’s sentence.
+In our work, we sought to create an artificial model that is able to mimic early, low level biological predictive behavior in a computer vision system. Our predictive vision model uses spatiotemporal sequence memories learned from deep sparse coding. This model is implemented using a biologically inspired architecture: one that utilizes sequence memories, lateral inhibition, and top-down feed- back in a generative framework. Our model learns the causes of the data in a completely unsupervised manner, by simply observing and learning about the world. Spatiotemporal features are learned by minimizing a reconstruction error convolved over space and time, and can subsequently be used for recognition, classification, and future video prediction. Our experiments show that we are able to accurately predict what will happen in the future; furthermore, we can use our predictions to detect anomalous, unexpected events in both synthetic and real video sequences.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1846023; 1954364</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>