--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10157504</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/bib/bbaa057</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Recent advances in biomedical literature mining</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhao, Sendong; Su, Chang; Lu, Zhiyong; Wang, Fei</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-05-18T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Briefings in Bioinformatics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1467-5463</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            The recent years have witnessed a rapid increase in the number of scientific articles in biomedical domain. These literature are mostly available and readily accessible in electronic format. The domain knowledge hidden in them is critical for biomedical research and applications, which makes biomedical literature mining (BLM) techniques highly demanding. Numerous efforts have been made on this topic from both biomedical informatics (BMI) and computer science (CS) communities. The BMI community focuses more on the concrete application problems and thus prefer more interpretable and descriptive methods, while the CS community chases more on superior performance and generalization ability, thus more sophisticated and universal models are developed. The goal of this paper is to provide a review of the recent advances in BLM from both communities and inspire new research directions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1750326</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>