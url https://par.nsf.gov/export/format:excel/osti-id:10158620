--- v0 (2025-11-03)
+++ v1 (2026-01-16)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10642529</t>
-[...8 lines deleted...]
-    <t>Ghilardi, Silvio (ORCID:0000000164496883); Gianola, Alessandro (ORCID:0000000342165199); Kapur, Deepak (ORCID:0000000324642895)</t>
+    <t>10158620</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1186/s12859-019-2832-3</t>
+  </si>
+  <si>
+    <t>Optimal clustering with missing values</t>
+  </si>
+  <si>
+    <t>Boluki, Shahin; Zamani Dadaneh, Siamak; Qian, Xiaoning; Dougherty, Edward R.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2021-01-01T05:00:00Z</t>
-[...5 lines deleted...]
-    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;In this paper, the theory of McCarthy’s extensional arrays enriched with a maxdiff operation (this operation returns the biggest index where two given arrays differ) is proposed. It is known from the literature that a diff operation is required for the theory of arrays in order to enjoy the Craig interpolation property at the quantifier-free level. However, the diff operation introduced in the literature is merely instrumental to this purpose and has only a purely formal meaning (it is obtained from the Skolemization of the extensionality axiom). Our maxdiff operation significantly increases the level of expressivity; however, obtaining interpolation results for the resulting theory becomes a surprisingly hard task. We obtain such results via a thorough semantic analysis of the models of the theory and of their amalgamation properties. The results are modular with respect to the index theory and it is shown how to convert them into concrete interpolation algorithms via a hierarchical approach.&lt;/p&gt;</t>
+    <t>2019-06-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>BMC Bioinformatics</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>S12</t>
+  </si>
+  <si>
+    <t>1471-2105</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1908804</t>
-[...8 lines deleted...]
-    <t>Springer International Publishing</t>
+    <t>1812641</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -284,82 +287,84 @@
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" s="0"/>
-[...2 lines deleted...]
-      <c r="K2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="L2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>