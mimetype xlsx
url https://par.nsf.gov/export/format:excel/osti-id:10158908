--- v0 (2025-11-02)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10158908</t>
-[...8 lines deleted...]
-    <t>Aad, G.; Abbott, B.; Abbott, D.C.; Abud, A. Abed; Abeling, K.; Abhayasinghe, D.K.; Abidi, S.H.; AbouZeid, O.S.; Abraham, N.L.; Abramowicz, H.; Abreu, H.; Abulaiti, Y.; Acharya, B.S.; Achkar, B.; Adachi, S.; Adam, L.; Bourdarios, C. Adam; Adamczyk, L.; Adamek, L.; Adelman, J.; Adersberger, M.; Adiguzel, A.; Adorni, S.; Adye, T.; Affolder, A.A.; Afik, Y.; Agapopoulou, C.; Agaras, M.N.; Aggarwal, A.; Agheorghiesei, C.; Aguilar-Saavedra, J.A.; Ahmadov, F.; Ahmed, W.S.; Ai, X.; Aielli, G.; Akatsuka, S.; Åkesson, T.P.A.; Akilli, E.; Akimov, A.V.; Khoury, K. Al; Alberghi, G.L.; Albert, J.; Verzini, M.J. Alconada; Alderweireldt, S.; Aleksa, M.; Aleksandrov, I.N.; Alexa, C.; Alexopoulos, T.; Alfonsi, A.; Alfonsi, F.; Alhroob, M.; Ali, B.; Aliev, M.; Alimonti, G.; Alkire, S.P.; Allaire, C.; Allbrooke, B.M.M.; Allen, B.W.; Allport, P.P.; Aloisio, A.; Alonso, F.; Alpigiani, C.; Alshehri, A.A.; Estevez, M. Alvarez; Alviggi, M.G.; Coutinho, Y. Amaral; Ambler, A.; Ambroz, L.; Amelung, C.; Amidei, D.; Santos, S.P. Amor; Amoroso, S.; Amrouche, C.S.; An, F.; Anastopoulos, C.; Andari, N.; Andeen, T.; Anders, C.F.; Anders, J.K.; Andreazza, A.; Andrei, V.; Anelli, C.R.; Angelidakis, S.; Angerami, A.; Anisenkov, A.V.; Annovi, A.; Antel, C.; Anthony, M.T.; Antipov, E.; Antonelli, M.; Antrim, D.J.A.; Anulli, F.; Aoki, M.; Pozo, J.A. Aparisi; Bella, L. Aperio; Araque, J.P.; Ferraz, V. Araujo; Pereira, R. Araujo; Arcangeletti, C.; Arce, A.T.H.; Arduh, F.A.; Arguin, J-F.; Argyropoulos, S.; Arling, J.-H.; Armbruster, A.J.; Armstrong, A.; Arnaez, O.; Arnold, H.; Tame, Z.P. Arrubarrena; Artoni, G.; Artz, S.; Asai, S.; Asawatavonvanich, T.; Asbah, N.; Asimakopoulou, E.M.; Asquith, L.; Assahsah, J.; Assamagan, K.; Astalos, R.; Atkin, R.J.; Atkinson, M.; Atlay, N.B.; Atmani, H.; Augsten, K.; Avolio, G.; Avramidou, R.; Ayoub, M.K.; Azoulay, A.M.; Azuelos, G.; Bachacou, H.; Bachas, K.; Backes, M.; Backman, F.; Bagnaia, P.; Bahmani, M.; Bahrasemani, H.; Bailey, A.J.; Bailey, V.R.; Baines, J.T.; Bajic, M.; Bakalis, C.; Baker, O.K.; Bakker, P.J.; Gupta, D. Bakshi; Balaji, S.; Baldin, E.M.; Balek, P.; Balli, F.; Balunas, W.K.; Balz, J.; Banas, E.; Bandyopadhyay, A.; Banerjee, Sw.; Bannoura, A.A.E.; Barak, L.; Barbe, W.M.; Barberio, E.L.; Barberis, D.; Barbero, M.; Barbour, G.; Barillari, T.; Barisits, M-S.; Barkeloo, J.; Barklow, T.; Barnea, R.; Barnes, S.L.; Barnett, B.M.; Barnett, R.M.; Barnovska-Blenessy, Z.; Baroncelli, A.; Barone, G.; Barr, A.J.; Navarro, L. Barranco; Barreiro, F.; Costa, J. Barreiro; Barsov, S.; Bartoldus, R.; Bartolini, G.; Barton, A.E.; Bartos, P.; Basalaev, A.; Basan, A.; Bassalat, A.; Basso, M.J.; Bates, R.L.; Batlamous, S.; Batley, J.R.; Batool, B.; Battaglia, M.; Bauce, M.; Bauer, F.; Bauer, K.T.; Bawa, H.S.; Beacham, J.B.; Beau, T.; Beauchemin, P.H.; Becherer, F.; Bechtle, P.; Beck, H.C.; Beck, H.P.; Becker, K.; Becot, C.; Beddall, A.; Beddall, A.J.; Bednyakov, V.A.; Bedognetti, M.; Bee, C.P.; Beermann, T.A.; Begalli, M.; Begel, M.; Behera, A.; Behr, J.K.; Beisiegel, F.; Bell, A.S.; Bella, G.; Bellagamba, L.; Bellerive, A.; Bellos, P.; Beloborodov, K.; Belotskiy, K.; Belyaev, N.L.; Benchekroun, D.; Benekos, N.; Benhammou, Y.; Benjamin, D.P.; Benoit, M.; Bensinger, J.R.; Bentvelsen, S.; Beresford, L.; Beretta, M.; Berge, D.; Kuutmann, E. Bergeaas; Berger, N.; Bergmann, B.; Bergsten, L.J.; Beringer, J.; Berlendis, S.; Bernardi, G.; Bernius, C.; Bernlochner, F.U.; Berry, T.; Berta, P.; Bertella, C.; Bertram, I.A.; Bylund, O. Bessidskaia; Besson, N.; Bethani, A.; Bethke, S.; Betti, A.; Bevan, A.J.; Beyer, J.; Bhattacharya, D.S.; Bhattarai, P.; Bi, R.; Bianchi, R.M.; Biebel, O.; Biedermann, D.; Bielski, R.; Bierwagen, K.; Biesuz, N.V.; Biglietti, M.; Billoud, T.R.V.; Bindi, M.; Bingul, A.; Bini, C.; Biondi, S.; Birman, M.; Bisanz, T.; Biswal, J.P.; Biswas, D.; Bitadze, A.; Bittrich, C.; BjØrke, K.; Black, K.M.; Blazek, T.; Bloch, I.; Blocker, C.; Blue, A.; Blumenschein, U.; Bobbink, G.J.; Bobrovnikov, V.S.; Bocchetta, S.S.; Bocci, A.; Boerner, D.; Bogavac, D.; Bogdanchikov, A.G.; Bohm, C.; Boisvert, V.; Bokan, P.; Bold, T.; Boldyrev, A.S.; Bolz, A.E.; Bomben, M.; Bona, M.; Bonilla, J.S.; Boonekamp, M.; Booth, C.D.; Borecka-Bielska, H.M.; Borisov, A.; Borissov, G.; Bortfeldt, J.; Bortoletto, D.; Boscherini, D.; Bosman, M.; Sola, J.D. Bossio; Bouaouda, K.; Boudreau, J.; Bouhova-Thacker, E.V.; Boumediene, D.; Boutle, S.K.; Boveia, A.; Boyd, J.; Boye, D.; Boyko, I.R.; Bozson, A.J.; Bracinik, J.; Brahimi, N.; Brandt, G.; Brandt, O.; Braren, F.; Brau, B.; Brau, J.E.; Madden, W.D. Breaden; Brendlinger, K.; Brenner, L.; Brenner, R.; Bressler, S.; Brickwedde, B.; Briglin, D.L.; Britton, D.; Britzger, D.; Brock, I.; Brock, R.; Brooijmans, G.; Brooks, W.K.; Brost, E.; Broughton, J.H; de Renstrom, P.A. Bruckman; Bruncko, D.; Bruni, A.; Bruni, G.; Bruni, L.S.; Bruno, S.; Bruschi, M.; Bruscino, N.; Bryant, P.; Bryngemark, L.; Buanes, T.; Buat, Q.; Buchholz, P.; Buckley, A.G.; Budagov, I.A.; Bugge, M.K.; Bührer, F.; Bulekov, O.; Burch, T.J.; Burdin, S.; Burgard, C.D.; Burger, A.M.; Burghgrave, B.; Burr, J.T.P.; Burton, C.D.; Burzynski, J.C.; Büscher, V.; Buschmann, E.; Bussey, P.J.; Butler, J.M.; Buttar, C.M.; Butterworth, J.M.; Butti, P.; Buttinger, W.; Vazquez, C.J. Buxo; Buzatu, A.; Buzykaev, A.R.; Cabras, G.; Urbán, S. Cabrera; Caforio, D.; Cai, H.; Cairo, V.M.M.; Cakir, O.; Calace, N.; Calafiura, P.; Calandri, A.; Calderini, G.; Calfayan, P.; Callea, G.; Caloba, L.P.; Caltabiano, A.; Lopez, S. Calvente; Calvet, D.; Calvet, S.; Calvet, T.P.; Calvetti, M.; Toro, R. Camacho; Camarda, S.; Munoz, D. Camarero; Camarri, P.; Cameron, D.; Armadans, R. Caminal; Camincher, C.; Campana, S.; Campanelli, M.; Camplani, A.; Campoverde, A.; Canale, V.; Canesse, A.; Bret, M. Cano; Cantero, J.; Cao, T.; Cao, Y.; Garrido, M.D.M. Capeans; Capua, M.; Cardarelli, R.; Cardillo, F.; Carducci, G.; Carli, I.; Carli, T.; Carlino, G.; Carlson, B.T.; Carminati, L.; Carney, R.M.D.; Caron, S.; Carquin, E.; Carrá, S.; Carter, J.W.S.; Casado, M.P.; Casha, A.F.; Casper, D.W.; Castelijn, R.; Castillo, F.L.; Garcia, L. Castillo; Gimenez, V. Castillo; Castro, N.F.; Catinaccio, A.; Catmore, J.R.; Cattai, A.; Cavaliere, V.; Cavallaro, E.; Cavalli-Sforza, M.; Cavasinni, V.; Celebi, E.; Alberich, L. Cerda; Cerny, K.; Cerqueira, A.S.; Cerri, A.; Cerrito, L.; Cerutti, F.; Cervelli, A.; Cetin, S.A.; Chadi, Z.; Chakraborty, D.; Chan, W.S.; Chan, W.Y.; Chapman, J.D.; Chargeishvili, B.; Charlton, D.G.; Charman, T.P.; Chau, C.C.; Che, S.; Chekanov, S.; Chekulaev, S.V.; Chelkov, G.A.; Chelstowska, M.A.; Chen, B.; Chen, C.; Chen, C.H.; Chen, H.; Chen, J.; Chen, J.; Chen, J.; Chen, S.; Chen, S.J.; Chen, X.; Chen, Y-H.; Cheng, H.C.; Cheng, H.J.; Cheplakov, A.; Cheremushkina, E.; Moursli, R. Cherkaoui; Cheu, E.; Cheung, K.; Chevalérias, T.J.A.; Chevalier, L.; Chiarella, V.; Chiarelli, G.; Chiodini, G.; Chisholm, A.S.; Chitan, A.; Chiu, I.; Chiu, Y.H.; Chizhov, M.V.; Choi, K.; Chomont, A.R.; Chouridou, S.; Chow, Y.S.; Chu, M.C.; Chu, X.; Chudoba, J.; Chuinard, A.J.; Chwastowski, J.J.; Chytka, L.; Cieri, D.; Ciesla, K.M.; Cinca, D.; Cindro, V.; Cioară, I.A.; Ciocio, A.; Cirotto, F.; Citron, Z.H.; Citterio, M.; Ciubotaru, D.A.; Ciungu, B.M.; Clark, A.; Clark, M.R.; Clark, P.J.; Clement, C.; Coadou, Y.; Cobal, M.; Coccaro, A.; Cochran, J.; Cohen, H.; Coimbra, A.E.C.; Colasurdo, L.; Cole, B.; Colijn, A.P.; Collot, J.; Muiño, P. Conde; Connell, S.H.; Connelly, I.A.; Constantinescu, S.; Conventi, F.; Cooper-Sarkar, A.M.; Cormier, F.; Cormier, K.J.R.; Corpe, L.D.; Corradi, M.; Corrigan, E.E.; Corriveau, F.; Cortes-Gonzalez, A.; Costa, M.J.; Costanza, F.; Costanzo, D.; Cowan, G.; Cowley, J.W.; Crane, J.; Cranmer, K.; Crawley, S.J.; Creager, R.A.; Crépé-Renaudin, S.; Crescioli, F.; Cristinziani, M.; Croft, V.; Crosetti, G.; Cueto, A.; Donszelmann, T. Cuhadar; Cukierman, A.R.; Cunningham, W.R.; Czekierda, S.; Czodrowski, P.; Sousa, M.J. Da; Pinto, J.V. Da; Via, C. Da; Dabrowski, W.; Dachs, F.; Dado, T.; Dahbi, S.; Dai, T.; Dallapiccola, C.; Dam, M.; D'amen, G.; D'Amico, V.; Damp, J.; Dandoy, J.R.; Daneri, M.F.; Dang, N.P.; Dann, N.S.; Danninger, M.; Dao, V.; Darbo, G.; Dartsi, O.; Dattagupta, A.; Daubney, T.; D'Auria, S.; David, C.; Davidek, T.; Davis, D.R.; Dawson, I.; De, K.; Asmundis, R. De; Beurs, M. De; Castro, S. De; Cecco, S. De; Groot, N. De; de Jong, P.; Torre, H. De; Maria, A. De; Pedis, D. De; Salvo, A. De; Sanctis, U. De; Santis, M. De; Santo, A. De; Corga, K. De; Regie, J.B. De; Debenedetti, C.; Dedovich, D.V.; Deiana, A.M.; Peso, J. Del; Diaz, Y. Delabat; Delgove, D.; Deliot, F.; Delitzsch, C.M.; Pietra, M. Della; Volpe, D. Della; Dell'Acqua, A.; Dell'Asta, L.; Delmastro, M.; Delporte, C.; Delsart, P.A.; DeMarco, D.A.; Demers, S.; Demichev, M.; Demontigny, G.; Denisov, S.P.; D'Eramo, L.; Derendarz, D.; Derkaoui, J.E.; Derue, F.; Dervan, P.; Desch, K.; Deterre, C.; Dette, K.; Deutsch, C.; Devesa, M.R.; Deviveiros, P.O.; Dewhurst, A.; Bello, F.A. Di; Ciaccio, A. Di; Ciaccio, L. Di; Clemente, W.K. Di; Donato, C. Di; Girolamo, A. Di; Gregorio, G. Di; Micco, B. Di; Nardo, R. Di; Petrillo, K.F. Di; Sipio, R. Di; Valentino, D. Di; Diaconu, C.; Dias, F.A.; Vale, T. Dias; Diaz, M.A.; Dickinson, J.; Diehl, E.B.; Dietrich, J.; Cornell, S. Díez; Dimitrievska, A.; Ding, W.; Dingfelder, J.; Dittus, F.; Djama, F.; Djobava, T.; Djuvsland, J.I.; Vale, M.A.B. Do; Dobre, M.; Dodsworth, D.; Doglioni, C.; Dolejsi, J.; Dolezal, Z.; Donadelli, M.; Dong, B.; Donini, J.; D'onofrio, A.; D'Onofrio, M.; Dopke, J.; Doria, A.; Dova, M.T.; Doyle, A.T.; Drechsler, E.; Dreyer, E.; Dreyer, T.; Drobac, A.S.; Du, D.; Duan, Y.; Dubinin, F.; Dubovsky, M.; Dubreuil, A.; Duchovni, E.; Duckeck, G.; Ducourthial, A.; Ducu, O.A.; Duda, D.; Dudarev, A.; Dudder, A.C.; Duffield, E.M.; Duflot, L.; Dührssen, M.; Dülsen, C.; Dumancic, M.; Dumitriu, A.E.; Duncan, A.K.; Dunford, M.; Duperrin, A.; Yildiz, H. Duran; Düren, M.; Durglishvili, A.; Duschinger, D.; Dutta, B.; Duvnjak, D.; Dyckes, G.I.; Dyndal, M.; Dysch, S.; Dziedzic, B.S.; Ecker, K.M.; Edgar, R.C.; Eggleston, M.G.; Eifert, T.; Eigen, G.; Einsweiler, K.; Ekelof, T.; Jarrari, H. El; Kosseifi, R. El; Ellajosyula, V.; Ellert, M.; Ellinghaus, F.; Elliot, A.A.; Ellis, N.; Elmsheuser, J.; Elsing, M.; Emeliyanov, D.; Emerman, A.; Enari, Y.; Epland, M.B.; Erdmann, J.; Ereditato, A.; Errenst, M.; Escalier, M.; Escobar, C.; Pastor, O. Estrada; Etzion, E.; Evans, H.; Ezhilov, A.; Fabbri, F.; Fabbri, L.; Fabiani, V.; Facini, G.; Pereira, R.M. Faisca; Fakhrutdinov, R.M.; Falciano, S.; Falke, P.J.; Falke, S.; Faltova, J.; Fang, Y.; Fang, Y.; Fanourakis, G.; Fanti, M.; Faraj, M.; Farbin, A.; Farilla, A.; Farina, E.M.; Farooque, T.; Farrell, S.; Farrington, S.M.; Farthouat, P.; Fassi, F.; Fassnacht, P.; Fassouliotis, D.; Giannelli, M. Faucci; Fawcett, W.J.; Fayard, L.; Fedin, O.L.; Fedorko, W.; Fehr, A.; Feickert, M.; Feligioni, L.; Fell, A.; Feng, C.; Feng, M.; Fenton, M.J.; Fenyuk, A.B.; Ferguson, S.W.; Ferrando, J.; Ferrante, A.; Ferrari, A.; Ferrari, P.; Ferrari, R.; de Lima, D.E. Ferreira; Ferrer, A.; Ferrere, D.; Ferretti, C.; Fiedler, F.; Filipčič, A.; Filthaut, F.; Finelli, K.D.; Fiolhais, M.C.N.; Fiorini, L.; Fischer, F.; Fisher, W.C.; Fleck, I.; Fleischmann, P.; Fletcher, R.R.M.; Flick, T.; Flierl, B.M.; Flores, L.; Castillo, L.R. Flores; Follega, F.M.; Fomin, N.; Foo, J.H.; Forcolin, G.T.; Formica, A.; Förster, F.A.; Forti, A.C.; Foster, A.G.; Foti, M.G.; Fournier, D.; Fox, H.; Francavilla, P.; Francescato, S.; Franchini, M.; Franchino, S.; Francis, D.; Franconi, L.; Franklin, M.; Fray, A.N.; Freeman, P.M.; Freund, B.; Freund, W.S.; Freundlich, E.M.; Frizzell, D.C.; Froidevaux, D.; Frost, J.A.; Fukunaga, C.; Torregrosa, E. Fullana; Fumagalli, E.; Fusayasu, T.; Fuster, J.; Gabrielli, A.; Gabrielli, A.; Gadatsch, S.; Gadow, P.; Gagliardi, G.; Gagnon, L.G.; Galea, C.; Galhardo, B.; Gallardo, G.E.; Gallas, E.J.; Gallop, B.J.; Galster, G.; Goni, R. Gamboa; Gan, K.K.; Ganguly, S.; Gao, J.; Gao, Y.; Gao, Y.S.; García, C.; Navarro, J.E. García; Pascual, J.A. García; Garcia-Argos, C.; Garcia-Sciveres, M.; Gardner, R.W.; Garelli, N.; Gargiulo, S.; Garner, C.A.; Garonne, V.; Gasiorowski, S.J.; Gaspar, P.; Gaudiello, A.; Gaudio, G.; Gavrilenko, I.L.; Gavrilyuk, A.; Gay, C.; Gaycken, G.; Gazis, E.N.; Geanta, A.A.; Gee, C.M.; Gee, C.N.P.; Geisen, J.; Geisen, M.; Gemme, C.; Genest, M.H.; Geng, C.; Gentile, S.; George, S.; Geralis, T.; Gerlach, L.O.; Gessinger-Befurt, P.; Gessner, G.; Ghasemi, S.; Bostanabad, M. Ghasemi; Ghneimat, M.; Ghosh, A.; Ghosh, A.; Giacobbe, B.; Giagu, S.; Giangiacomi, N.; Giannetti, P.; Giannini, A.; Giannini, G.; Gibson, S.M.; Gignac, M.; Gillberg, D.; Gilles, G.; Gingrich, D.M.; Giordani, M.P.; Giraud, P.F.; Giugliarelli, G.; Giugni, D.; Giuli, F.; Gkaitatzis, S.; Gkialas, I.; Gkougkousis, E.L.; Gkountoumis, P.; Gladilin, L.K.; Glasman, C.; Glatzer, J.; Glaysher, P.C.F.; Glazov, A.; Gledhill, G.R.; Goblirsch-Kolb, M.; Godin, D.; Goldfarb, S.; Golling, T.; Golubkov, D.; Gomes, A.; Gama, R. Goncalves; Gonçalo, R.; Gonella, G.; Gonella, L.; Gongadze, A.; Gonnella, F.; Gonski, J.L.; Hoz, S. González; Gonzalez-Sevilla, S.; Rodriguez, G.R. Gonzalvo; Goossens, L.; Gorasia, N.A.; Gorbounov, P.A.; Gordon, H.A.; Gorini, B.; Gorini, E.; Gorišek, A.; Goshaw, A.T.; Gostkin, M.I.; Gottardo, C.A.; Gouighri, M.; Goussiou, A.G.; Govender, N.; Goy, C.; Gozani, E.; Grabowska-Bold, I.; Graham, E.C.; Gramling, J.; Gramstad, E.; Grancagnolo, S.; Grandi, M.; Gratchev, V.; Gravila, P.M.; Gravili, F.G.; Gray, C.; Gray, H.M.; Grefe, C.; Gregersen, K.; Gregor, I.M.; Grenier, P.; Grevtsov, K.; Grieco, C.; Grieser, N.A.; Grillo, A.A.; Grimm, K.; Grinstein, S.; Grivaz, J.-F.; Groh, S.; Gross, E.; Grosse-Knetter, J.; Grout, Z.J.; Grud, C.; Grummer, A.; Guan, L.; Guan, W.; Gubbels, C.; Guenther, J.; Guerguichon, A.; Rojas, J.G.R. Guerrero; Guescini, F.; Guest, D.; Gugel, R.; Guillemin, T.; Guindon, S.; Gul, U.; Guo, J.; Guo, W.; Guo, Y.; Guo, Z.; Gupta, R.; Gurbuz, S.; Gustavino, G.; Guth, M.; Gutierrez, P.; Gutschow, C.; Guyot, C.; Gwenlan, C.; Gwilliam, C.B.; Haas, A.; Haber, C.; Hadavand, H.K.; Hadef, A.; Hageböck, S.; Haleem, M.; Haley, J.; Halladjian, G.; Hallewell, G.D.; Hamacher, K.; Hamal, P.; Hamano, K.; Hamdaoui, H.; Hamer, M.; Hamity, G.N.; Han, K.; Han, L.; Han, S.; Han, Y.F.; Hanagaki, K.; Hance, M.; Handl, D.M.; Haney, B.; Hankache, R.; Hansen, E.; Hansen, J.B.; Hansen, J.D.; Hansen, M.C.; Hansen, P.H.; Hanson, E.C.; Hara, K.; Harenberg, T.; Harkusha, S.; Harrison, P.F.; Hartmann, N.M.; Hasegawa, Y.; Hasib, A.; Hassani, S.; Haug, S.; Hauser, R.; Havener, L.B.; Havranek, M.; Hawkes, C.M.; Hawkings, R.J.; Hayden, D.; Hayes, C.; Hayes, R.L.; Hays, C.P.; Hays, J.M.; Hayward, H.S.; Haywood, S.J.; He, F.; Heath, M.P.; Hedberg, V.; Heelan, L.; Heer, S.; Heidegger, K.K.; Heidorn, W.D.; Heilman, J.; Heim, S.; Heim, T.; Heinemann, B.; Heinrich, J.J.; Heinrich, L.; Hejbal, J.; Helary, L.; Held, A.; Hellesund, S.; Helling, C.M.; Hellman, S.; Helsens, C.; Henderson, R.C.W.; Heng, Y.; Henkelmann, L.; Henkelmann, S.; Correia, A.M. Henriques; Herde, H.; Herget, V.; Jiménez, Y. Hernández; Herr, H.; Herrmann, M.G.; Herrmann, T.; Herten, G.; Hertenberger, R.; Hervas, L.; Herwig, T.C.; Hesketh, G.G.; Hessey, N.P.; Higashida, A.; Higashino, S.; Higón-Rodriguez, E.; Hildebrand, K.; Hill, J.C.; Hill, K.K.; Hiller, K.H.; Hillier, S.J.; Hils, M.; Hinchliffe, I.; Hinterkeuser, F.; Hirose, M.; Hirose, S.; Hirschbuehl, D.; Hiti, B.; Hladik, O.; Hlaluku, D.R.; Hoad, X.; Hobbs, J.; Hod, N.; Hodgkinson, M.C.; Hoecker, A.; Hohn, D.; Hohov, D.; Holm, T.; Holmes, T.R.; Holzbock, M.; Hommels, L.B.A.H.; Honda, S.; Hong, T.M.; Honig, J.C.; Hönle, A.; Hooberman, B.H.; Hopkins, W.H.; Horii, Y.; Horn, P.; Horyn, L.A.; Hou, S.; Hoummada, A.; Howarth, J.; Hoya, J.; Hrabovsky, M.; Hrdinka, J.; Hristova, I.; Hrivnac, J.; Hrynevich, A.; Hryn'ova, T.; Hsu, P.J.; Hsu, S.-C.; Hu, Q.; Hu, S.; Hu, Y.F.; Huang, D.P.; Huang, Y.; Huang, Y.; Hubacek, Z.; Hubaut, F.; Huebner, M.; Huegging, F.; Huffman, T.B.; Huhtinen, M.; Hunter, R.F.H.; Huo, P.; Huseynov, N.; Huston, J.; Huth, J.; Hyneman, R.; Hyrych, S.; Iacobucci, G.; Iakovidis, G.; Ibragimov, I.; Iconomidou-Fayard, L.; Iengo, P.; Ignazzi, R.; Igonkina, O.; Iguchi, R.; Iizawa, T.; Ikegami, Y.; Ikeno, M.; Iliadis, D.; Ilic, N.; Iltzsche, F.; Introzzi, G.; Iodice, M.; Iordanidou, K.; Ippolito, V.; Isacson, M.F.; Ishino, M.; Islam, W.; Issever, C.; Istin, S.; Ito, F.; Ponce, J.M. Iturbe; Iuppa, R.; Ivina, A.; Iwasaki, H.; Izen, J.M.; Izzo, V.; Jacka, P.; Jackson, P.; Jacobs, R.M.; Jaeger, B.P.; Jain, V.; Jäkel, G.; Jakobi, K.B.; Jakobs, K.; Jakoubek, T.; Jamieson, J.; Janas, K.W.; Jansky, R.; Janssen, J.; Janus, M.; Janus, P.A.; Jarlskog, G.; Javadov, N.; Jav\r{u}rek, T.; Javurkova, M.; Jeanneau, F.; Jeanty, L.; Jejelava, J.; Jelinskas, A.; Jenni, P.; Jeong, J.; Jeong, N.; Jézéquel, S.; Ji, H.; Jia, J.; Jiang, H.; Jiang, Y.; Jiang, Z.; Jiggins, S.; Morales, F.A. Jimenez; Pena, J. Jimenez; Jin, S.; Jinaru, A.; Jinnouchi, O.; Jivan, H.; Johansson, P.; Johns, K.A.; Johnson, C.A.; Jones, R.W.L.; Jones, S.D.; Jones, S.; Jones, T.J.; Jongmanns, J.; Jorge, P.M.; Jovicevic, J.; Ju, X.; Junggeburth, J.J.; Rozas, A. Juste; Kaczmarska, A.; Kado, M.; Kagan, H.; Kagan, M.; Kahn, A.; Kahra, C.; Kaji, T.; Kajomovitz, E.; Kalderon, C.W.; Kaluza, A.; Kamenshchikov, A.; Kaneda, M.; Kang, N.J.; Kang, S.; Kanjir, L.; Kano, Y.; Kantserov, V.A.; Kanzaki, J.; Kaplan, L.S.; Kar, D.; Karava, K.; Kareem, M.J.; Karpov, S.N.; Karpova, Z.M.; Kartvelishvili, V.; Karyukhin, A.N.; Kashif, L.; Kass, R.D.; Kastanas, A.; Kato, C.; Katzy, J.; Kawade, K.; Kawagoe, K.; Kawaguchi, T.; Kawamoto, T.; Kawamura, G.; Kay, E.F.; Kazanin, V.F.; Keeler, R.; Kehoe, R.; Keller, J.S.; Kellermann, E.; Kelsey, D.; Kempster, J.J.; Kendrick, J.; Kennedy, K.E.; Kepka, O.; Kersten, S.; Kerševan, B.P.; Haghighat, S. Ketabchi; Khader, M.; Khalil-Zada, F.; Khandoga, M.; Khanov, A.; Kharlamov, A.G.; Kharlamova, T.; Khoda, E.E.; Khodinov, A.; Khoo, T.J.; Khramov, E.; Khubua, J.; Kido, S.; Kiehn, M.; Kilby, C.R.; Kim, Y.K.; Kimura, N.; Kind, O.M.; King, B.T.; Kirchmeier, D.; Kirk, J.; Kiryunin, A.E.; Kishimoto, T.; Kisliuk, D.P.; Kitali, V.; Kivernyk, O.; Klapdor-Kleingrothaus, T.; Klassen, M.; Klein, M.H.; Klein, M.; Klein, U.; Kleinknecht, K.; Klimek, P.; Klimentov, A.; Klingl, T.; Klioutchnikova, T.; Klitzner, F.F.; Kluit, P.; Kluth, S.; Kneringer, E.; Knoops, E.B.F.G.; Knue, A.; Kobayashi, D.; Kobayashi, T.; Kobel, M.; Kocian, M.; Kodama, T.; Kodys, P.; Koenig, P.T.; Koffas, T.; Köhler, N.M.; Koi, T.; Kolb, M.; Koletsou, I.; Komarek, T.; Kondo, T.; Köneke, K.; Kong, A.X.Y.; König, A.C.; Kono, T.; Konoplich, R.; Konstantinides, V.; Konstantinidis, N.; Konya, B.; Kopeliansky, R.; Koperny, S.; Korcyl, K.; Kordas, K.; Koren, G.; Korn, A.; Korolkov, I.; Korolkova, E.V.; Korotkova, N.; Kortner, O.; Kortner, S.; Kosek, T.; Kostyukhin, V.V.; Kotsokechagia, A.; Kotwal, A.; Koulouris, A.; Kourkoumeli-Charalampidi, A.; Kourkoumelis, C.; Kourlitis, E.; Kouskoura, V.; Kowalewska, A.B.; Kowalewski, R.; Kozakai, C.; Kozanecki, W.; Kozhin, A.S.; Kramarenko, V.A.; Kramberger, G.; Krasnopevtsev, D.; Krasny, M.W.; Krasznahorkay, A.; Krauss, D.; Kremer, J.A.; Kretzschmar, J.; Krieger, P.; Krieter, F.; Krishnan, A.; Krizka, K.; Kroeninger, K.; Kroha, H.; Kroll, J.; Kroll, J.; Krowpman, K.S.; Krstic, J.; Kruchonak, U.; Krüger, H.; Krumnack, N.; Kruse, M.C.; Krzysiak, J.A.; Kubota, T.; Kuchinskaia, O.; Kuday, S.; Kuechler, J.T.; Kuehn, S.; Kugel, A.; Kuhl, T.; Kukhtin, V.; Kukla, R.; Kulchitsky, Y.; Kuleshov, S.; Kulinich, Y.P.; Kuna, M.; Kunigo, T.; Kupco, A.; Kupfer, T.; Kuprash, O.; Kurashige, H.; Kurchaninov, L.L.; Kurochkin, Y.A.; Kurova, A.; Kurth, M.G.; Kuwertz, E.S.; Kuze, M.; Kvam, A.K.; Kvita, J.; Kwan, T.; Rosa, A. La; Rotonda, L. La; Ruffa, F. La; Lacasta, C.; Lacava, F.; Lack, D.P.J.; Lacker, H.; Lacour, D.; Ladygin, E.; Lafaye, R.; Laforge, B.; Lagouri, T.; Lai, S.; Lakomiec, I.K.; Lammers, S.; Lampl, W.; Lampoudis, C.; Lançon, E.; Landgraf, U.; Landon, M.P.J.; Lanfermann, M.C.; Lang, V.S.; Lange, J.C.; Langenberg, R.J.; Lankford, A.J.; Lanni, F.; Lantzsch, K.; Lanza, A.; Lapertosa, A.; Laplace, S.; Laporte, J.F.; Lari, T.; Manghi, F. Lasagni; Lassnig, M.; Lau, T.S.; Laudrain, A.; Laurier, A.; Lavorgna, M.; Lawlor, S.D.; Lazzaroni, M.; Le, B.; Guirriec, E. Le; LeBlanc, M.; LeCompte, T.; Ledroit-Guillon, F.; Lee, A.C.A.; Lee, C.A.; Lee, G.R.; Lee, L.; Lee, S.C.; Lee, S.J.; Lee, S.; Lefebvre, B.; Lefebvre, H.P.; Lefebvre, M.; Leggett, C.; Lehmann, K.; Lehmann, N.; Miotto, G. Lehmann; Leight, W.A.; Leisos, A.; Leite, M.A.L.; Leitgeb, C.E.; Leitner, R.; Lellouch, D.; Leney, K.J.C.; Lenz, T.; Leone, R.; Leone, S.; Leonidopoulos, C.; Leopold, A.; Leroy, C.; Les, R.; Lester, C.G.; Levchenko, M.; Levêque, J.; Levin, D.; Levinson, L.J.; Lewis, D.J.; Li, B.; Li, B.; Li, C-Q.; Li, F.; Li, H.; Li, H.; Li, J.; Li, K.; Li, L.; Li, M.; Li, Q.; Li, Q.Y.; Li, S.; Li, X.; Li, Y.; Li, Z.; Liang, Z.; Liberti, B.; Liblong, A.; Lie, K.; Lim, S.; Lin, C.Y.; Lin, K.; Lin, T.H.; Linck, R.A.; Lindon, J.H.; Lionti, A.L.; Lipeles, E.; Lipniacka, A.; Liss, T.M.; Lister, A.; Little, J.D.; Liu, B.; Liu, B.L.; Liu, H.B.; Liu, H.; Liu, J.B.; Liu, J.K.K.; Liu, K.; Liu, M.; Liu, P.; Liu, Y.; Liu, Y.L.; Liu, Y.W.; Livan, M.; Lleres, A.; Merino, J. Llorente; Lloyd, S.L.; Lo, C.Y.; Sterzo, F. Lo; Lobodzinska, E.M.; Loch, P.; Loffredo, S.; Lohse, T.; Lohwasser, K.; Lokajicek, M.; Long, J.D.; Long, R.E.; Longo, L.; Looper, K.A.; Lopez, J.A.; Paz, I. Lopez; Solis, A. Lopez; Lorenz, J.; Martinez, N. Lorenzo; Lory, A.M.; Losada, M.; Lösel, P.J.; Lösle, A.; Lou, X.; Lou, X.; Lounis, A.; Love, J.; Love, P.A.; Bahilo, J.J. Lozano; Lu, M.; Lu, Y.J.; Lubatti, H.J.; Luci, C.; Lucotte, A.; Luedtke, C.; Luehring, F.; Luise, I.; Luminari, L.; Lund-Jensen, B.; Lutz, M.S.; Lynn, D.; Lyons, H.; Lysak, R.; Lytken, E.; Lyu, F.; Lyubushkin, V.; Lyubushkina, T.; Ma, H.; Ma, L.L.; Ma, Y.; Maccarrone, G.; Macchiolo, A.; Macdonald, C.M.; Miguens, J. Machado; Madaffari, D.; Madar, R.; Mader, W.F.; Don, M. Madugoda; Madysa, N.; Maeda, J.; Maeno, T.; Maerker, M.; Maevskiy, A.S.; Magerl, V.; Magini, N.; Mahon, D.J.; Maidantchik, C.; Maier, T.; Maio, A.; Maj, K.; Majersky, O.; Majewski, S.; Makida, Y.; Makovec, N.; Malaescu, B.; Malecki, Pa.; Maleev, V.P.; Malek, F.; Mallik, U.; Malon, D.; Malone, C.; Maltezos, S.; Malyukov, S.; Mamuzic, J.; Mancini, G.; Mandić, I.; Filho, L. Manhaes; Maniatis, I.M.; Ramos, J. Manjarres; Mankinen, K.H.; Mann, A.; Manousos, A.; Mansoulie, B.; Manthos, I.; Manzoni, S.; Marantis, A.; Marceca, G.; Marchese, L.; Marchiori, G.; Marcisovsky, M.; Marcoccia, L.; Marcon, C.; Tobon, C.A. Marin; Marjanovic, M.; Marshall, Z.; Martensson, M.U.F.; Marti-Garcia, S.; Martin, C.B.; Martin, T.A.; Martin, V.J.; Latour, B. Martin; Martinelli, L.; Martinez, M.; Outschoorn, V.I. Martinez; Martin-Haugh, S.; Martoiu, V.S.; Martyniuk, A.C.; Marzin, A.; Maschek, S.R.; Masetti, L.; Mashimo, T.; Mashinistov, R.; Masik, J.; Maslennikov, A.L.; Massa, L.; Massarotti, P.; Mastrandrea, P.; Mastroberardino, A.; Masubuchi, T.; Matakias, D.; Matic, A.; Matsuzawa, N.; Mättig, P.; Maurer, J.; Maček, B.; Maximov, D.A.; Mazini, R.; Maznas, I.; Mazza, S.M.; Kee, S.P. Mc; McCarthy, T.G.; McCormack, W.P.; McDonald, E.F.; Mcfayden, J.A.; Mchedlidze, G.; McKay, M.A.; McLean, K.D.; McMahon, S.J.; McNamara, P.C.; McNicol, C.J.; McPherson, R.A.; Mdhluli, J.E.; Meadows, Z.A.; Meehan, S.; Megy, T.; Mehlhase, S.; Mehta, A.; Meideck, T.; Meirose, B.; Melini, D.; Garcia, B.R. Mellado; Mellenthin, J.D.; Melo, M.; Meloni, F.; Melzer, A.; Menary, S.B.; Gouveia, E.D. Mendes; Meng, L.; Meng, X.T.; Menke, S.; Meoni, E.; Mergelmeyer, S.; Merkt, S.A.M.; Merlassino, C.; Mermod, P.; Merola, L.; Meroni, C.; Merz, G.; Meshkov, O.; Meshreki, J.K.R.; Messina, A.; Metcalfe, J.; Mete, A.S.; Meyer, C.; Meyer, J-P.; Theenhausen, H. Meyer; Miano, F.; Michetti, M.; Middleton, R.P.; Mijović, L.; Mikenberg, G.; Mikestikova, M.; Mikuž, M.; Mildner, H.; Milesi, M.; Milic, A.; Millar, D.A.; Miller, D.W.; Milov, A.; Milstead, D.A.; Mina, R.A.; Minaenko, A.A.; Moya, M. Miñano; Minashvili, I.A.; Mincer, A.I.; Mindur, B.; Mineev, M.; Minegishi, Y.; Mir, L.M.; Mirto, A.; Mistry, K.P.; Mitani, T.; Mitrevski, J.; Mitsou, V.A.; Mittal, M.; Miu, O.; Miucci, A.; Miyagawa, P.S.; Mizukami, A.; Mjörnmark, J.U.; Mkrtchyan, T.; Mlynarikova, M.; Moa, T.; Mochizuki, K.; Mogg, P.; Mohapatra, S.; Moles-Valls, R.; Mondragon, M.C.; Mönig, K.; Monk, J.; Monnier, E.; Montalbano, A.; Berlingen, J. Montejo; Montella, M.; Monticelli, F.; Monzani, S.; Morange, N.; Moreno, D.; Llácer, M. Moreno; Martinez, C. Moreno; Morettini, P.; Morgenstern, M.; Morgenstern, S.; Mori, D.; Morii, M.; Morinaga, M.; Morisbak, V.; Morley, A.K.; Mornacchi, G.; Morris, A.P.; Morvaj, L.; Moschovakos, P.; Moser, B.; Mosidze, M.; Moskalets, T.; Moss, H.J.; Moss, J.; Moyse, E.J.W.; Muanza, S.; Mueller, J.; Mueller, R.S.P.; Muenstermann, D.; Mullier, G.A.; Mungo, D.P.; Martinez, J.L. Munoz; Sanchez, F.J. Munoz; Murin, P.; Murray, W.J.; Murrone, A.; Muškinja, M.; Mwewa, C.; Myagkov, A.G.; Myers, A.A.; Myers, J.; Myska, M.; Nachman, B.P.; Nackenhorst, O.; Nag, A.Nag; Nagai, K.; Nagano, K.; Nagasaka, Y.; Nagle, J.L.; Nagy, E.; Nairz, A.M.; Nakahama, Y.; Nakamura, K.; Nakamura, T.; Nakano, I.; Nanjo, H.; Napolitano, F.; Garcia, R.F. Naranjo; Narayan, R.; Naryshkin, I.; Naumann, T.; Navarro, G.; Nechaeva, P.Y.; Nechansky, F.; Neep, T.J.; Negri, A.; Negrini, M.; Nellist, C.; Nelson, M.E.; Nemecek, S.; Nemethy, P.; Nessi, M.; Neubauer, M.S.; Neuhaus, F.; Neumann, M.; Newhouse, R.; Newman, P.R.; Ng, C.W.; Ng, Y.S.; Ng, Y.W.Y.; Ngair, B.; Nguyen, H.D.N.; Manh, T. Nguyen; Nibigira, E.; Nickerson, R.B.; Nicolaidou, R.; Nielsen, D.S.; Nielsen, J.; Nikiforou, N.; Nikolaenko, V.; Nikolic-Audit, I.; Nikolopoulos, K.; Nilsson, P.; Nindhito, H.R.; Ninomiya, Y.; Nisati, A.; Nishu, N.; Nisius, R.; Nitsche, I.; Nitta, T.; Nobe, T.; Noguchi, Y.; Nomidis, I.; Nomura, M.A.; Nordberg, M.; Norjoharuddeen, N.; Novak, T.; Novgorodova, O.; Novotny, R.; Nozka, L.; Ntekas, K.; Nurse, E.; Oakham, F.G.; Oberlack, H.; Ocariz, J.; Ochi, A.; Ochoa, I.; Ochoa-Ricoux, J.P.; O'Connor, K.; Oda, S.; Odaka, S.; Oerdek, S.; Ogrodnik, A.; Oh, A.; Oh, S.H.; Ohm, C.C.; Oide, H.; Ojeda, M.L.; Okawa, H.; Okazaki, Y.; O'Keefe, M.W.; Okumura, Y.; Okuyama, T.; Olariu, A.; Seabra, L.F. Oleiro; Pino, S.A. Olivares; Damazio, D. Oliveira; Oliver, J.L.; Olsson, M.J.R.; Olszewski, A.; Olszowska, J.; O'Neil, D.C.; O'neill, A.P.; Onofre, A.; Onyisi, P.U.E.; Oppen, H.; Oreglia, M.J.; Orellana, G.E.; Orestano, D.; Orlando, N.; Orr, R.S.; O'Shea, V.; Ospanov, R.; Garzon, G. Otero; Otono, H.; Ott, P.S.; Ouchrif, M.; Ouellette, J.; Ould-Saada, F.; Ouraou, A.; Ouyang, Q.; Owen, M.; Owen, R.E.; Ozcan, V.E.; Ozturk, N.; Pacalt, J.; Pacey, H.A.; Pachal, K.; Pages, A. Pacheco; Aranda, C. Padilla; Griso, S. Pagan; Paganini, M.; Palacino, G.; Palazzo, S.; Palestini, S.; Palka, M.; Pallin, D.; Panagoulias, I.; Pandini, C.E.; Vazquez, J.G. Panduro; Pani, P.; Panizzo, G.; Paolozzi, L.; Papadatos, C.; Papageorgiou, K.; Parajuli, S.; Paramonov, A.; Hernandez, D. Paredes; Saenz, S.R. Paredes; Parida, B.; Park, T.H.; Parker, A.J.; Parker, M.A.; Parodi, F.; Parrish, E.W.; Parsons, J.A.; Parzefall, U.; Dominguez, L. Pascual; Pascuzzi, V.R.; Pasner, J.M.P.; Pasquali, F.; Pasqualucci, E.; Passaggio, S.; Pastore, F.; Pasuwan, P.; Pataraia, S.; Pater, J.R.; Pathak, A.; Patton, J.; Pauly, T.; Pearkes, J.; Pearson, B.; Pedersen, M.; Diaz, L. Pedraza; Pedro, R.; Peiffer, T.; Peleganchuk, S.V.; Penc, O.; Peng, H.; Peralva, B.S.; Perego, M.M.; Peixoto, A.P. Pereira; Perepelitsa, D.V.; Peri, F.; Perini, L.; Pernegger, H.; Perrella, S.; Perrevoort, A.; Peters, K.; Peters, R.F.Y.; Petersen, B.A.; Petersen, T.C.; Petit, E.; Petridis, A.; Petridou, C.; Petroff, P.; Petrov, M.; Petrucci, F.; Pettee, M.; Pettersson, N.E.; Petukhova, K.; Peyaud, A.; Pezoa, R.; Pezzotti, L.; Pham, T.; Phillips, F.H.; Phillips, P.W.; Phipps, M.W.; Piacquadio, G.; Pianori, E.; Picazio, A.; Pickles, R.H.; Piegaia, R.; Pietreanu, D.; Pilcher, J.E.; Pilkington, A.D.; Pinamonti, M.; Pinfold, J.L.; Pitt, M.; Pizzimento, L.; Pleier, M.-A.; Pleskot, V.; Plotnikova, E.</t>
+    <t>10111644</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.5194/npg-25-355-2018</t>
+  </si>
+  <si>
+    <t>Feature-based data assimilation in geophysics</t>
+  </si>
+  <si>
+    <t>Morzfeld, Matthias; Adams, Jesse; Lunderman, Spencer; Orozco, Rafael</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-04-01T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>1748-0221</t>
+    <t>2018-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Nonlinear Processes in Geophysics</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>355 to 374</t>
+  </si>
+  <si>
+    <t>1607-7946</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;strong&gt;Abstract.&lt;/strong&gt; Many applications in science require that computational models and data becombined. In a Bayesian framework, this is usually done by defininglikelihoods based on the mismatch of model outputs and data. However,matching model outputs and data in this way can be unnecessary or impossible.For example, using large amounts of steady state data is unnecessary becausethese data are redundant. It is numerically difficult to assimilate data inchaotic systems. It is often impossible to assimilate data of a complexsystem into a low-dimensional model. As a specific example, consider alow-dimensional stochastic model for the dipole of the Earth's magneticfield, while other field components are ignored in the model. The aboveissues can be addressed by selecting features of the data, and defininglikelihoods based on the features, rather than by the usual mismatch of modeloutput and data. Our goal is to contribute to a fundamental understanding ofsuch a feature-based approach that allows us to assimilate selected aspectsof data into models. We also explain how the feature-based approach can beinterpreted as a method for reducing an effective dimension and derive newnoise models, based on perturbed observations, that lead to computationallyefficient solutions. Numerical implementations of our ideas are illustratedin four examples.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1913877; 2013070</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>1740858</t>
+  </si>
+  <si>
+    <t>2018</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -306,70 +309,72 @@
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
       <c r="K2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="L2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>37</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>