--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10159169</t>
-[...8 lines deleted...]
-    <t>Schram, Julie B.; Amsler, Margaret O.; Galloway, Aaron W.E.; Amsler, Charles D.; McClintock, James B.</t>
+    <t>10618682</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1109/TMAG.2025.3537556</t>
+  </si>
+  <si>
+    <t>Study of the Dzyaloshinskii-Moriya Interaction in Magnetic Tunnel Junction-Based Molecular Spintronic Devices with Antiferromagnetic-Ferromagnetic Electrodes</t>
+  </si>
+  <si>
+    <t>Sankhi, Babu Ram; D’Angelo, Christopher; Tyagi, Pawan</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2019-12-01T05:00:00Z</t>
-[...17 lines deleted...]
-    <t>The shallow benthos along the western Antarctic Peninsula supports brown macroalgal forests with dense amphipod assemblages, commonly including              Gondogeneia antarctica              (Amsler              et al.              2014).              Gondogeneia antarctica              and most other amphipods are chemically deterred from consuming the macroalgae (Amsler              et al.              2014). They primarily consume diatoms, other microalgae, filamentous macroalgae and a few undefended macroalgal species, including              Palmaria decipiens              (Aumack              et al.              2017). Although unpalatable when alive,              G. antarctica              and other amphipods will consume the chemically defended brown algae              Himantothallus grandifolius              and              Desmarestia anceps              within a few weeks of death (Amsler              et al.              2014).</t>
+    <t>2025-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>IEEE Transactions on Magnetics</t>
+  </si>
+  <si>
+    <t>1 to 1</t>
+  </si>
+  <si>
+    <t>0018-9464</t>
+  </si>
+  <si>
+    <t>Magnetic tunnel junction-based molecular spintronic devices (MTJMSDs) hold promises for the creation of novel magnetic metamaterials. By coupling molecules with magnetic electrodes, MTJMSDs can exhibit unique magnetic properties and enable new magnetic phenomena. Understanding the interactions between molecules and electrode materials is essential for optimizing device performance. This paper presents a Monte Carlo Simulation (MCS) study of MTJMSDs, focusing on the impact of the Dzyaloshinskii-Moriya interaction (DMI). In the proposed system, a molecule is positioned between ferromagnetic (FM) and antiferromagnetic (AFM) electrodes. The DMI strength of the individual electrodes is varied independently to probe its impact on the magnetic properties of the electrodes and the overall MTJMSD. The simulations reveal that the FM electrode loses its magnetization entirely at the highest DMI values, consistent with our previous experimental observations where one of the FM electrode's magnetic identities disappeared following molecular treatment. Additionally, the magnetic moments of molecules decreased from 11 to 1 a.u. as the DMI increased in the FM electrode. The DMI-induced peculiar magnetic contrasts in the form of band structures are also investigated on both electrodes. This study highlights the significance of antisymmetric interactions, such as DMI, in determining the behavior of MTJMSDs and provides insights into how these interactions influence device properties across different magnetic phases.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1744550; 1744570</t>
-[...2 lines deleted...]
-    <t>2019</t>
+    <t>1914751</t>
+  </si>
+  <si>
+    <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>IEEE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -296,85 +293,83 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="L2" t="s" s="0">
         <v>34</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>39</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>40</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>