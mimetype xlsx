--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10162113</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/TVCG.2019.2934285</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Visualizing a Moving Target: A Design Study on Task Parallel Programs in the Presence of Evolving Data and Concerns</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Williams, Katy; Bigelow, Alex; Isaacs, Katherine E.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-08-19T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Transactions on Visualization and Computer Graphics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1118 to 11128</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1077-2626</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Common pitfalls in visualization projects include lack of data availability and the domain users' needs and focus changing too rapidly for the design process to complete. While it is often prudent to avoid such projects, we argue it can be beneficial to engage them in some cases as the visualization process can help refine data collection, solving a “chicken and egg” problem of having the data and tools to analyze it. We found this to be the case in the domain of task parallel computing where such data and tooling is an open area of research. Despite these hurdles, we conducted a design study. Through a tightly-coupled iterative design process, we built Atria, a multi-view execution graph visualization to support performance analysis. Atria simplifies the initial representation of the execution graph by aggregating nodes as related to their line of code. We deployed Atria on multiple platforms, some requiring design alteration. We describe how we adapted the design study methodology to the “moving target” of both the data and the domain experts' concerns and how this movement kept both the visualization and programming project healthy. We reflect on our process and discuss what factors allow the project to be successful in the presence of changing data and user needs.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1656958</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>