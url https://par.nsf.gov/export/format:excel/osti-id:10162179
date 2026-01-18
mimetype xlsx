--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,95 +86,96 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10162179</t>
-[...8 lines deleted...]
-    <t>Elele, E.; Shen, Y.; Tang, J.; Lei, Q.; Khusid, B.; Tkacik, G.; Carbrello, C.</t>
+    <t>10598465</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1029/2024JD041260</t>
+  </si>
+  <si>
+    <t>Intermediate Fluence Downward Terrestrial Gamma Ray Flashes as Observed by the Telescope Array Surface Detector</t>
+  </si>
+  <si>
+    <t>Abbasi, R U; Kieu, N; Krehbiel, P R; Belz, JW; Saba, M_M F; Rison, W; Stanley, M A; Rodeheffer, D; Mazzucco, D; Knight, T; da_Silva, D R; Cruz, I T; Remington, J; Mazich, J; LeVon, R; Smout, K; Petrizze, A; Mattos, E; Abu‐Zayyad, T; Allen, M; Arimura, R; Barcikowski, E; Bergman, D R; Blake, S A; Buckland, I; Cheon, B G; Chikawa, M; Fujii, T; Fujisue, K; Fujita, K; Fujiwara, R; Fukushima, M; Furlich, G; Globus, N; Gonzalez, R; Hanlon, W; Hayashida, N; He, H; Hibino, K; Higuchi, R; Honda, K; Ikeda, D; Inoue, N; Ishii, T; Ito, H; Ivanov, D; Iwakura, H; Iwasaki, A; Jeong, H M; Jeong, S; Jui, C_C H; Kadota, K; Kakimoto, F; Kalashev, O; Kasahara, K; Kasami, S; Kawakami, S; Kawata, K; Kharuk, I; Kido, E; Kim, H B; Kim, J H; Kim, J H; Kim, S W; Kimura, Y; Komae, I; Kubota, Y; Kuznetsov, M; Kwon, Y J; Lee, K H; Lubsandorzhiev, B; Lundquist, J P; Matsuyama, T; Matthews, J N; Mayta, R; Myers, I; Nagataki, S; Nakai, K; Nakamura, R; Nakamura, T; Nakazawa, A; Nishio, E; Nonaka, T; Ogio, S; Ohnishi, M; Ohoka, H; Oku, Y; Okuda, T; Omura, Y; Ono, M; Oshima, A; Ozawa, S; Park, I H; Potts, M; Pshirkov, M S; Rodriguez, D C; Rott, C; Rubtsov, G I; Ryu, D; Sagawa, H; Sakaki, N; Sako, T; Sakurai, N; Seki, T; Sekino, K; Shah, P D; Shibasaki, Y; Shibata, N; Shibata, T; Shikita, J; Shimodaira, H; Shin, B K; Shin, H S; Shinto, D; Smith, J D; Sokolsky, P; Stokes, B T; Stroman, T A; Takahashi, K; Takamura, M; Takeda, M; Takeishi, R; Taketa, A; Takita, M; Tameda, Y; Tanaka, K; Tanaka, M; Thomas, S B; Thomson, G B; Tinyakov, P; Tkachev, I; Tomida, T; Troitsky, S; Tsunesada, Y; Udo, S; Uehama, T; Urban, F; Warren, D; Wong, T; Yamamoto, M; Yamazaki, K; Yashiro, K; Yoshida, F; Zhezher, Y; Zundel, Z</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2019-08-10T04:00:00Z</t>
-[...16 lines deleted...]
-exerted on a membrane under assembling and process conditions should be smaller than the yield stress to assure that they will not impair filter performance. The novelty of our approach is the use of models for perforated plates to evaluate membrane mechanical properties as ductile yielding for both proceeds via localized plastic deformation around pores. Presented results provide a reliable framework for development of membranes with properties tailored to applications.</t>
+    <t>2024-12-28T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Journal of Geophysical Research: Atmospheres</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>2169-897X</t>
+  </si>
+  <si>
+    <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;On 11 September 2021, two small thunderstorms developed over the Telescope Array Surface Detector (TASD) that produced an unprecedented number of six downward terrestrial gamma ray flashes (TGFs) within one‐hour timeframe. The TGFs occurred during the initial stage of negative cloud‐to‐ground flashes whose return strokes had increasingly large peak currents up to 223 kA, 147 GeV energy deposit in up to 25 1.2 km‐spaced surface detectors, and intermittent bursts of gamma‐rays with total durations up to 717 s. The analyses are based on observations recorded by the TASD network, complemented by data from a 3D lightning mapping array, broadband VHF interferometer, fast electric field change sensor, high‐speed video camera, and the National Lightning Detection Network. The TGFs of the final two flashes had gamma fluences of and 8, logarithmically bridging the gap between previous TASD and satellite‐based detections. The observations further emphasize the similarity between upward and downward TGF varieties, suggesting a common mechanism for their production.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1822130</t>
-[...2 lines deleted...]
-    <t>2019</t>
+    <t>2112709; 2214044; 2310163; 2209584; 2209583</t>
+  </si>
+  <si>
+    <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
+  </si>
+  <si>
+    <t>Journal of Geophysical Research: Atmospheres, 129, e2024JD041260. https://doi.org/10.1029/2024JD041260</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -298,80 +299,82 @@
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" s="0"/>
-      <c r="K2" t="s" s="0">
+      <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
+      <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="W2" s="0"/>
+      <c r="W2" t="s" s="0">
+        <v>41</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>