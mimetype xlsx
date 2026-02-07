--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10162292</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1146/annurev-control-101119-071628</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Robots That Use Language</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tellex, Stefanie; Gopalan, Nakul; Kress-Gazit, Hadas; Matuszek, Cynthia</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-05-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Annual Review of Control, Robotics, and Autonomous Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>25 to 55</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-5144</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This article surveys the use of natural language in robotics from a robotics point of view. To use human language, robots must map words to aspects of the physical world, mediated by the robot's sensors and actuators. This problem differs from other natural language processing domains due to the need to ground the language to noisy percepts and physical actions. Here, we describe central aspects of language use by robots, including understanding natural language requests, using language to drive learning about the physical world, and engaging in collaborative dialogue with a human partner. We describe common approaches, roughly divided into learning methods, logic-based methods, and methods that focus on questions of human–robot interaction. Finally, we describe several application domains for language-using robots.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1637614</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>