--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10163374</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Cherenkov Telescope Array Science Goals and Current Status</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Ong, Rene A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>EPJ web of conferences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>209</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2101-6275</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The Cherenkov Telescope Array (CTA) is the major ground-based gamma-ray observatory planned for the next decade and beyond. Consisting of two large atmospheric Cherenkov telescope arrays (one in the southern hemisphere and one in the northern hemisphere), CTA will have superior angular resolution, a much wider energy range, and approximately an order of magnitude improvement in sensitivity, as compared to existing instruments. The CTA science programme will be rich and diverse, covering cosmic particle acceleration, the astrophysics of extreme environments, and physics frontiers beyond the Standard Model. This paper outlines the science goals for CTA and covers the current status of the project.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1913798</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>