--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10166214</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/TCAD.2019.2952544</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>SearcHD: A Memory-Centric Hyperdimensional Computing with Stochastic Training</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Imani, M; Yin, X; Messerly, J; Gupta, S; Nemier, M; Hu, X; Rosing, T</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-11-08T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE transactions on computeraided design of integrated circuits and systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1937-4151</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Brain-inspired HyperDimensional (HD) computing emulates cognitive tasks by computing with long binary vectors–aka hypervectors–as opposed to computing with numbers. However, we observed that in order to provide acceptable classification accuracy on practical applications, HD algorithms need to be trained and tested on non-binary hypervectors. In this paper, we propose SearcHD, a fully binarized HD computing algorithm with a fully binary training. SearcHD maps every data points to a high-dimensional space with binary elements. Instead of training an HD model with non-binary elements, SearcHD implements a full binary training method which generates multiple binary hypervectors for each class. We also use the analog characteristic of non-volatile memories (NVMs) to perform all encoding, training, and inference computations in memory. We evaluate the efficiency and accuracy of SearcHD on a wide range of classification applications. Our evaluation shows that SearcHD can provide on average 31.1× higher energy efficiency and 12.8× faster training as compared to the state-of-the-art HD computing algorithms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1911095</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>