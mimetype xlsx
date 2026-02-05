--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10167101</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1073/pnas.1915378117</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Diversity–Innovation Paradox in Science</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hofstra, Bas; Kulkarni, Vivek V.; Munoz-Najar Galvez, Sebastian; He, Bryan; Jurafsky, Dan; McFarland, Daniel A.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-04-28T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the National Academy of Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>117</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>9284 to 9291</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0027-8424</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Prior work finds a diversity paradox: Diversity breeds innovation, yet underrepresented groups that diversify organizations have less successful careers within them. Does the diversity paradox hold for scientists as well? We study this by utilizing a near-complete population of ∼1.2 million US doctoral recipients from 1977 to 2015 and following their careers into publishing and faculty positions. We use text analysis and machine learning to answer a series of questions: How do we detect scientific innovations? Are underrepresented groups more likely to generate scientific innovations? And are the innovations of underrepresented groups adopted and rewarded? Our analyses show that underrepresented groups produce higher rates of scientific novelty. However, their novel contributions are devalued and discounted: For example, novel contributions by gender and racial minorities are taken up by other scholars at lower rates than novel contributions by gender and racial majorities, and equally impactful contributions of gender and racial minorities are less likely to result in successful scientific careers than for majority groups. These results suggest there may be unwarranted reproduction of stratification in academic careers that discounts diversity’s role in innovation and partly explains the underrepresentation of some groups in academia.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1827477</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>