--- v0 (2025-11-01)
+++ v1 (2026-02-05)
@@ -6,165 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...113 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -179,181 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10168778</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Engaging Civil Engineering Students by Exposing them to a “Capstone-like” Experience in their Sophomore Year: A Case Study</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sarasua, Wayne; Kaye, Nigel B.; Ogle, Jennifer H.; Benaissa, Mehdi N.; Benson, Lisa; Putman, Bradley J.; and Pfirman, Aubrie L.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2020 ASEE Annual Conference &amp; Exposition</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As part of a National Science Foundation-funded initiative to completely transform the civil
+engineering undergraduate program at Clemson University, a capstone-like course sequence is being incorporated into the curriculum during the sophomore year. Clemson’s NSF Revolutionizing Engineering Departments (RED) program is called the Arch Initiative. Just as springers serve as the foundation stones of an arch, the new courses are called “Springers” because they serve as the foundations of the transformed curriculum. Through a project-based learning approach, Springer courses mimic the senior capstone experience by immersing students in a semester-long practical application of civil engineering, exposing them to concepts and tools in a way that challenges students to develop new knowledge that they will build on and use during their junior and senior years. In the 2019 spring semester, a pilot of the first Springer course introduced students to three civil engineering sub-disciplines: construction management, water resources, and transportation. The remaining sub-disciplines are covered in a follow-on Springer 2 pilot. The purpose of this paper is to describe all aspects of the Springer 1 course, including course content, teaching methods, faculty resources, and the design and results of a
+Student Assessment of Learning Gains (SALG) survey to assess students’ learning outcomes. The feedback from the SALG indicated positive attitudes towards course activities and content. Challenges for full-scale implementation of the Springer course sequence as a requirement in the transformed curriculum are also discussed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1730576</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>