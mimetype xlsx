--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10169886</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1162/neco_a_01136</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Information Bottleneck and Geometric Clustering</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Strouse, DJ; Schwab, David J.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-03-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Neural Computation</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>596 to 612</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0899-7667</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The information bottleneck (IB) approach to clustering takes a joint distribution [Formula: see text] and maps the data [Formula: see text] to cluster labels [Formula: see text], which retain maximal information about [Formula: see text] (Tishby, Pereira, &amp; Bialek, 1999 ). This objective results in an algorithm that clusters data points based on the similarity of their conditional distributions [Formula: see text]. This is in contrast to classic geometric clustering algorithms such as [Formula: see text]-means and gaussian mixture models (GMMs), which take a set of observed data points [Formula: see text] and cluster them based on their geometric (typically Euclidean) distance from one another. Here, we show how to use the deterministic information bottleneck (DIB) (Strouse &amp; Schwab, 2017 ), a variant of IB, to perform geometric clustering by choosing cluster labels that preserve information about data point location on a smoothed data set. We also introduce a novel intuitive method to choose the number of clusters via kinks in the information curve. We apply this approach to a variety of simple clustering problems, showing that DIB with our model selection procedure recovers the generative cluster labels. We also show that, in particular limits of our model parameters, clustering with DIB and IB is equivalent to [Formula: see text]-means and EM fitting of a GMM with hard and soft assignments, respectively. Thus, clustering with (D)IB generalizes and provides an information-theoretic perspective on these classic algorithms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1734030</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>