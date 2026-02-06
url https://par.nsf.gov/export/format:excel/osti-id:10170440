--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10170440</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Multi-scale Cell Instance Segmentation with Keypoint Graph based Bounding Boxes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jingru Yi, Pengxiang Wu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-10-13T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>MICCAI 2019</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Most existing methods handle cell instance segmentation problems directly without relying on additional detection boxes. These methods generally fails to separate touching cells due to the lack of global understanding of the objects. In contrast, box-based instance segmentation solves this problem by combining object detection with segmentation. However, existing methods typically utilize anchor box-based detectors, which would lead to inferior instance segmentation performance due to the class imbalance issue. In this paper, we propose a new box-based cell instance segmentation method. In particular, we first detect the five pre-defined points of a cell via keypoints detection. Then we group these points according to a keypoint graph and subsequently extract the bounding box for each cell. Finally, cell segmentation is performed on feature maps within the bounding boxes. We validate our method on two cell datasets with distinct object shapes, and empirically demonstrate the superiority of our method compared to other instance segmentation techniques.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1747778</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>