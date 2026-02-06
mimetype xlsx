--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10171026</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>BRAIN Initiative: Cutting-Edge Tools and Resources for theCommunity</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Litvina, Elizabeth</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The journal of neuroscience</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>8275– 8284</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0270-6474</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The overarching goal of the NIH BRAIN (Brain Research through Advancing Innovative Neurotechnologies) Initiative is to advance theunderstanding of healthy and diseased brain circuit function through technological innovation. Core principles for this goal include thevalidation and dissemination of the myriad innovative technologies, tools, methods, and resources emerging from BRAIN-fundedresearch. Innovators, BRAIN funding agencies, and non-Federal partners are working together to develop strategies for making theseproducts usable, available, and accessible to the scientific community. Here, we describe several early strategies for supporting thedissemination of BRAIN technologies. We aim to invigorate a dialogue with the neuroscience research and funding community, inter-disciplinary collaborators, and trainees about the existing and future opportunities for cultivating groundbreaking research productsinto mature, integrated, and adaptable research systems. Along with the accompanying Society for Neuroscience 2019 Mini-Symposium,“BRAIN Initiative: Cutting-Edge Tools and Resources for the Community,” we spotlight the work of several BRAIN investigator teamswho are making progress toward providing tools, technologies, and services for the neuroscience community. These tools access neuralcircuits at multiple levels of analysis, from subcellular composition to brain-wide network connectivity, including the following: inte-grated systems for EM- and florescence-based connectomics, advances in immunolabeling capabilities, and resources for recording andanalyzing functional connectivity. Investigators describe how the resources they provide to the community will contribute to achievingthe goals of the NIH BRAIN Initiative. Finally, in addition to celebrating the contributions of these BRAIN-funded investigators, theMini-Symposium will illustrate the broader diversity of BRAIN Initiative investments in cutting-edge technologies and resources.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1707356</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>