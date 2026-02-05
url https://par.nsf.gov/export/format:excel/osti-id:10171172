--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10171172</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/FIE43999.2019.9028364</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Investigating Researchers’ Motivations and Identities through Convergent Learning from Divergent Perspectives</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pelan, Renee Rigrish; Kajfez, Rachel Louis</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2019 IEEE Frontiers in Education Conference (FIE)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 5</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This Research Work-in-Progress paper explores how motivation and identity can evolve when faculty from different disciplines (arts, engineering, medicine, etc.) collaborate to present on a central theme or topic (e.g. color) across multiple community settings. Sharing research findings beyond the academic community is essential for systemic change and wide spread enhancements to our everyday lives. Through this work, we explore how faculty researchers’ motivations to share their work and their identities as researchers develop through collaborative experiences with other faculty that aim at sharing research findings with the public. In this study, faculty from divergent academic fields are working together to present convergent presentations as one coherent theme across three different informal learning sessions as well as a control setting. These presentations intend to increase public engagement with scientific research and broaden the scope of Science, Technology, Engineering, and Math (STEM) learning by approaching the themes through the faculty’s different academic backgrounds. Through collaboration and engagement with the public, we will track how faculty’s identities as researchers and motivations to share their work develop over this experience through the use of the Longitudinal Model of Motivation and Identity (LMMI). Over the course of this study, we hope to see gains in faculty motivation and researcher identities who engage with the public through this experience. For this paper, we focus on framing the overall study and provide initial findings from our recruitment survey.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1811119</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>