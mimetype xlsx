--- v0 (2025-11-02)
+++ v1 (2026-02-07)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10171527</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using computational thinking for data practices in high school science.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Peters-Burton, E. E.; Rich, P.; Cleary, T.; Burton, S.; Kitsantas, A.; Egan, G.; Ellsworth, J.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The science teacher</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>87</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>30-36</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1943-4871</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>When conducting a science investigation in biology, chemistry, physics or earth science, students often need to obtain, organize, clean, and analyze the data in order to draw conclusions about a particular phenomenon. It can be difficult to develop lesson plans that provide detailed or explicit instructions about what students need to think about and do to develop a firm conceptual understanding, particularly regarding data analysis.  This article demonstrates how computational thinking principles and data practices can be merged to develop more effective science investigation lesson plans. The data practices of creating, collecting, manipulating, visualizing, and analyzing data are merged with the computational thinking practices of decomposition, pattern recognition, abstraction, algorithmic thinking, and automation to create questions for teachers and students that help them think through the underlying processes that happen with data during high school science investigations. The questions can either be used to elaborate lesson plans or embedded into lesson plans for students to consider how they are using computational thinking during their data practices in science.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1842090</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>