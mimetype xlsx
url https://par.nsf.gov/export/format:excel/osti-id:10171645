--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,170 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...118 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -184,183 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10171645</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3357384.3358067</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>GPU-Accelerated Decoding of Integer Lists</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mallia, Antonio; Siedlaczek, Michał; Suel, Torsten; Zahran, Mohamed</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-11-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 28th ACM International Conference on Information and Knowledge Management</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>2193 to 2196</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>An inverted index is the basic data structure used in most current large-scale information retrieval systems. It can be modeled as a collection of sorted sequences of integers. Many compression techniques for inverted indexes have been studied in the past, with some of them reaching tremendous decompression speeds through the use of SIMD instructions available on modern CPUs. While there has been some work on query processing algorithms for Graphics Processing Units (GPUs), little of it has focused on how to efficiently access compressed index structures, and we see some potential for significant improvements in decompression speed.
+In this paper, we describe and implement two encoding schemes for index decompression on GPU architectures. Their format and decoding algorithm is adapted from existing CPU-based compression methods to exploit the execution model and memory hierarchy offered by GPUs. We show that our solutions, GPU-BP and GPU-VByte, achieve significant speedups over their already carefully optimized CPU counterparts.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1718680</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>