--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10171714</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/IPDPS47924.2020.00081</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Dynamic Graphs on the GPU</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Awad, Muhammad A; Ashkiani, Saman; Porumbescu, Serban D.; Owens, John D.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 34th IEEE International Parallel and Distributed Processing Symposium</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>We present a fast dynamic graph data structure for the GPU. Our dynamic graph structure uses one hash table per vertex to store adjacency lists and achieves 3.4–14.8x faster insertion rates over the state of the art across a diverse set of large datasets, as well as deletion speedups up to 7.8x. The data structure supports queries and dynamic updates through both edge and vertex insertion and deletion. In addition, we define a comprehensive evaluation strategy based on operations, workloads, and applications that we believe better characterize and evaluate dynamic graph data structures.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1637442; 1740333</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>