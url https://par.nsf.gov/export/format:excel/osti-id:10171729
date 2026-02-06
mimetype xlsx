--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10171729</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/IA349570.2019.00009</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>RDMA vs. RPC for Implementing Distributed Data Structures</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Brock, Benjamin A.; Chen, Yuxin; Yan, Jiakun; Owens, John D.; Buluc, Aydin; Yelick, Katherine</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-11-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the IEEE/ACM 9th Workshop on Irregular Applications: Architectures and Algorithms</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>17–22</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Distributed data structures are key to implementing scalable applications for scientific simulations and data analysis. In this paper we look at two implementation styles for distributed data structures: remote direct memory access (RDMA) and remote procedure call (RPC). We focus on operations that require individual accesses to remote portions of a distributed data structure, e.g., accessing a hash table bucket or distributed queue, rather than global operations in which all processors collectively exchange information. We look at the trade-offs between the two styles through microbenchmarks and a performance model that approximates the cost of each. The RDMA operations have direct hardware support in the network and therefore lower latency and overhead, while the RPC operations are more expressive but higher cost and can suffer from lack of attentiveness from the remote side. We also run experiments to compare the real-world performance of RDMA- and RPC-based data structure operations with the predicted performance to evaluate the accuracy of our model, and show that while the model does not always precisely predict running time, it allows us to choose the best implementation in the examples shown. We believe this analysis will assist developers in designing data structures that will perform well on current network architectures, as well as network architects in providing better support for this class of distributed data structures.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1823037</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>