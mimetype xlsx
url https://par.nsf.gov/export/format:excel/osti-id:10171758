--- v0 (2025-11-02)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10171758</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-3-030-31239-8_6</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Interdisciplinary Cybersecurity: Rethinking the Approach and the Process</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jacob, Johanna; Peters, Michelle; Yang, T. Andrew</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>National Cyber Summit 2019</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>61-74</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The need for cybersecurity professionals continues to grow and education systems are responding in a variety of ways. This study focusses on the “interdisciplinarity” of cybersecurity that contributes to the emerging dialogue on the direction, content and techniques involved in the growth and development of cybersecurity education and training. The study also recognizes the contributions of other disciplines to the field of cybersecurity by the discussion of relevant theories that contribute to understanding security in the context of legal, economics and criminology perspectives. Finally, quantitative analysis (security metrics) is done to understand the existing knowledge of security behaviors and beliefs among students from technical and non-technical majors, helps measure the interest fostered towards an academic pathway in cybersecurity and substantiates on the need for providing a level of cyber education for all individuals appropriate to their role in the society.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1723596</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>