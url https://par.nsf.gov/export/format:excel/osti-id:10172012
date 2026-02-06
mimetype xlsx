--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10172012</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/genes11010062</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Genetic Mapping Identifies Consistent Quantitative Trait Loci for Yield Traits of Rice under Greenhouse Drought Conditions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Baisakh, Niranjan; Yabes, Jonalyn; Gutierrez, Andres; Mangu, Venkata; Ma, Peiyong; Famoso, Adam; Pereira, Andy</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Genes</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2073-4425</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Improving drought resistance in crops is imperative under the prevailing erratic rainfall patterns. Drought affects the growth and yield of most modern rice varieties. Recent breeding efforts aim to incorporate drought resistance traits in rice varieties that can be suitable under alternative irrigation schemes, such as in a (semi)aerobic system, as row (furrow-irrigated) rice. The identification of quantitative trait loci (QTLs) controlling grain yield, the most important trait with high selection efficiency, can lead to the identification of markers to facilitate marker-assisted breeding of drought-resistant rice. Here, we report grain yield QTLs under greenhouse drought using an F2:3 population derived from Cocodrie (drought sensitive) × Nagina 22 (N22) (drought tolerant). Eight QTLs were identified for yield traits under drought. Grain yield QTL under drought on chromosome 1 (phenotypic variance explained (PVE) = 11.15%) co-localized with the only QTL for panicle number (PVE = 37.7%). The drought-tolerant parent N22 contributed the favorable alleles for all QTLs except qGN3.2 and qGN5.1 for grain number per panicle. Stress-responsive transcription factors, such as ethylene response factor, WD40 domain protein, zinc finger protein, and genes involved in lipid/sugar metabolism were linked to the QTLs, suggesting their possible role in drought tolerance mechanism of N22 in the background of Cocodrie, contributing to higher yield under drought.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1826836</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>