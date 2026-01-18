--- v0 (2025-11-03)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,93 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10182169</t>
-[...8 lines deleted...]
-    <t>Ladányi, Enikő [Department of Otolaryngology Vanderbilt University Medical Center Nashville Tennessee USA]; Persici, Valentina [Department of Otolaryngology Vanderbilt University Medical Center Nashville Tennessee USA, Department of Psychology Università degli Studi di Milano – Bicocca Milan Italy, Vanderbilt Brain Institute Vanderbilt University Nashville Tennessee USA]; Fiveash, Anna [Lyon Neuroscience Research Center Auditory Cognition and Psychoacoustics Team, CRNL, INSERM, University of Lyon 1, U1028, CNRS, UMR5292 Lyon France]; Tillmann, Barbara [Lyon Neuroscience Research Center Auditory Cognition and Psychoacoustics Team, CRNL, INSERM, University of Lyon 1, U1028, CNRS, UMR5292 Lyon France]; Gordon, Reyna L. [Department of Otolaryngology Vanderbilt University Medical Center Nashville Tennessee USA, Vanderbilt Brain Institute Vanderbilt University Nashville Tennessee USA, Vanderbilt Genetics Institute Vanderbilt University Nashville Tennessee USA, Vanderbilt Kennedy Center Vanderbilt University Medical Center Nashville Tennessee USA]</t>
+    <t>10172662</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1002/cpa.21803</t>
+  </si>
+  <si>
+    <t>A Splitting Theorem for Scalar Curvature</t>
+  </si>
+  <si>
+    <t>Chodosh, Otis; Eichmair, Michael; Moraru, Vlad</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-04-03T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>Not Available</t>
+    <t>2018-12-14T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Communications on Pure and Applied Mathematics</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>1231 to 1242</t>
+  </si>
+  <si>
+    <t>0010-3640</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1926794</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>1638352</t>
+  </si>
+  <si>
+    <t>2018</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>Wiley Blackwell (John Wiley &amp; Sons)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -302,79 +299,77 @@
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
       <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" s="0"/>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>40</v>
       </c>
-      <c r="W2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>