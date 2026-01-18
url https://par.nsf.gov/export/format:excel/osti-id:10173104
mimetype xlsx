--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -86,87 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10173104</t>
-[...8 lines deleted...]
-    <t>Colliot-Thélène, Jean-Louis; Harbater, David; Hartmann, Julia; Krashen, Daniel; Parimala, Raman; Suresh, Venapally</t>
+    <t>10110147</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1007/978-3-030-15712-8_60</t>
+  </si>
+  <si>
+    <t>Unsupervised Explainable Controversy Detection from Online News</t>
+  </si>
+  <si>
+    <t>Kim, Y. and</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-09-01T04:00:00Z</t>
-[...8 lines deleted...]
-    <t>2214-2584</t>
+    <t>2019-04-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Proceedings of the European Conference on Information Retrieval</t>
+  </si>
+  <si>
+    <t>836-843</t>
+  </si>
+  <si>
+    <t>Alerting users that a web page is controversial has been proposed as one method to support critical thinking about text and discourse. We propose an approach to discover controversial topics in a generic document using unsupervised training. Our approach comprises iterative training of a controversy classifier using a disagreement signal within comments and explaining the controversy of the document by generating a topic phrase describing it. Experiments show the effectiveness of our proposed training method using an EM algorithm. When controversial topic extraction is restricted to quality phrases and incorporates TextRank signals, it outperforms several baseline approaches.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1805439; 1463733; 1801951</t>
-[...5 lines deleted...]
-    <t>Journal Article</t>
+    <t>1813662</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -292,55 +292,55 @@
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" s="0"/>
       <c r="J2" s="0"/>
       <c r="K2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="L2" s="0"/>
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="M2" s="0"/>
-      <c r="N2" s="0"/>
       <c r="O2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>