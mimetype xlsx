--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10174662</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Agent-Based Dynamic Collaboration Support in a Smart Office Space</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Yansen; Murray, R. Charles; Bao, Haogang; Rose, Carolyn P.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the SIGdial 2020 Conference</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>For the past 15 years, in computer-supported collaborative learning applications, conversational agents have been used to structure group interactions in online chat-based environments.
+A series of experimental studies has provided an empirical foundation for the design of chat based conversational agents that significantly improve learning over no-support control conditions and static-support control conditions. In this demo, we expand upon this foundation, bringing conversational agents to structure group interaction into physical spaces, with the specific goal of facilitating collaboration and learning in workplace scenarios.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1917955; 1822831</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>