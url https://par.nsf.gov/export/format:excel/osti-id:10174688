--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10174688</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1108/ILS-04-2020-0095</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Designing for learning during collaborative projects online: tools and takeaways</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sankaranarayanan, Sreecharan; Kandimalla, Siddharth Reddy; Cao, Mengxin; Maronna, Ignacio; An, Haokang; Bogart, Chris; Murray, R. Charles; Hilton, Michael; Sakr, Majd; Penstein Rosé, Carolyn</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-06-25T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Information and Learning Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>ahead-of-print</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>ahead-of-print</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2398-5348</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Purpose              In response to the evolving COVID-19 pandemic, many universities have transitioned to online instruction. With learning promising to be online, at least in part, for the near future, instructors may be thinking of providing online collaborative learning opportunities to their students who are increasingly isolated from their peers because of social distancing guidelines. This paper aims to provide design recommendations for online collaborative project-based learning exercises based on this research in a software engineering course at the university level.                                      Design/methodology/approach              Through joint work between learning scientists, course instructors and software engineering practitioners, instructional design best practices of alignment between the context of the learners, the learning objectives, the task and the assessment are actualized in the design of collaborative programming projects for supporting learning. The design, first segments a short real-time collaborative exercise into tasks, each with a problem-solving phase where students participate in collaborative programming, and a reflection phase for reflecting on what they learned in the task. Within these phases, a role-assignment paradigm scaffolds collaboration by assigning groups of four students to four complementary roles that rotate after each task.                                      Findings              By aligning each task with granular learning objectives, significant pre- to post-test learning from the exercise as well as each task is observed.                                      Originality/value              The roles used in the paradigm discourage divide-and-conquer tendencies often associated with collaborative projects. By requiring students to discuss conflicting ideas to arrive at a consensus implementation, their ideas are made explicit, thus providing opportunities for clarifying misconceptions through discussion and learning from the collaboration.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1917955; 1822831</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>