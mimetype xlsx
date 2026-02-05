--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10174692</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1007/978-3-030-52240-7_50</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Agent-in-the-Loop: Conversational Agent Support in Service of Reflection for Learning During Collaborative Programming</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Sankaranarayanan, Sreecharan; Kandimalla, Siddharth Reddy; Hasan, Sahil; An, Haokang; Bogart, Christopher; Murray, R. Charles; Hilton, Michael; Sakr, Majd; Rosé, Carolyn</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-07-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Artificial Intelligence in Education. AIED 2020. Lecture Notes in Computer Science</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>12164</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Dynamic conversational agent-based support for collaborative learning has shown significant positive effects on learning over no-support or static-support control conditions in prior studies. In order to understand the boundary between human-led and AI-led support for collaboration, we compare in this study an approach where the agent’s primary role is to help students regulate their own collaboration with two more typical prompting strategies that are used only during a reflection phase: one designed to provide a specific informational focus for the reflection, and the other designed to draw out evaluation, elaboration, and exploration of alternative perspectives. Significant positive effects on learning over and above just the human-led form of support are observed when either of the prompting strategies are used.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1917955; 1822831</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>