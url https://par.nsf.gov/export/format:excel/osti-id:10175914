--- v0 (2025-11-03)
+++ v1 (2026-01-20)
@@ -95,71 +95,71 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10175914</t>
   </si>
   <si>
     <t>https://doi.org/10.18260/1-2--35664</t>
   </si>
   <si>
     <t>Work in Progress: Involving Teachers in International Community Engaged Learning Projects to Enhance Their Understanding of Engineering and Intercultural Awareness</t>
   </si>
   <si>
-    <t>Pinnell, M; Schneider, K; Petry, L; Franco, S; Daniels, M; Anderson, A.</t>
+    <t>Pinnell, M; Schneider, K; Petry, L; Franco, S; Daniels, M; Anderson, A</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2020-06-01T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the 2020 American Society of Engineering Education Annual Conference</t>
   </si>
   <si>
     <t>The University of Dayton and Central State University are engaged in a new
 collaborative NSF Research Experience for Teachers project that has an emphasis on
 international engineering research focused on human-centered design and appropriate technology for developing countries. This three year project will engage 36 G6-12 in-service and pre-service teachers in a variety of engineering research opportunities through the University of Dayton’s Engineers in Technical Humanitarian Opportunities for Service-Learning (ETHOS) Center which focuses on engineering and community engaged learning. This paper will summarize the project, present observations from the spring participant sessions, and discuss the unique opportunities and challenges associated with involving teachers in international community engaged learning.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1855239</t>
+    <t>1855239; 1855231</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>