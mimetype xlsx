--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10176175</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Using Machine Learning and Visualization for Qualitative Inductive Analyses of Big Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Muthukrishnan, Harshini Priya; Szafir, Danielle Albers</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-10-20T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 2019 Workshop on Machine Learning from User Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Many domains require analyst expertise to determine what patterns and data are interesting in a corpus. However, most analytics tools attempt to prequalify “interestingness” using algorithmic approaches to provide exploratory overviews. This overview-driven workflow precludes the use of qualitative analysis methodologies in large
+datasets. This paper discusses a preliminary visual analytics approach demonstrating how visual analytics tools can instead enable expert-driven qualitative analyses at scale by supporting computer-in-the-loop mixed-initiative approaches. We argue that visual analytics tools can support rich qualitative inference by using machine learning methods to continually model and refine what features correlate to an analyst’s on-going qualitative observations and by providing transparency into these features in order to aid analysts in navigating large corpora during qualitative analyses. We illustrate these ideas through an example from social media analysis and discuss open opportunities for designing visualizations that support qualitative inference through computer-in-the-loop approaches.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1764089</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>