--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="80">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,210 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10176179</t>
-[...8 lines deleted...]
-    <t>Choi, Minseok; Molisch, Andreas F.; Kim, Joongheon</t>
+    <t>10436827</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.33182/ter.v1i1.2883</t>
+  </si>
+  <si>
+    <t>Proposing Location-based Predictive Features for Modeling Refugee Counts</t>
+  </si>
+  <si>
+    <t>Mead, Esther; Maleki, Maryam; Arani, Mohammad; Agarwal, Nitin</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-06-01T04:00:00Z</t>
-[...8 lines deleted...]
-    <t>This paper proposes a user scheduling and power allocation method for content delivery in wireless caching helper networks without any stringent constraint on the interference model. For supporting delay-sensitive and time-varying user demands, the actual delivery quantity of the requested content should be dynamically controlled by advanced scheduling and power allocation. In addition, it is difficult for a central unit to control the content delivery due to a lack of knowledge of the entire time-varying network; therefore, a belief-propagation (BP)-based algorithm that facilitates distributed decisions on user scheduling and power allocation at every caching helper is presented. The proposed delivery scheme maximizes power efficiency while limiting the average delay of user request satisfactions by managing interference among users well. Simulation results show that the proposed scheme provides almost the same delay performance as the exhaustively found optimal one at the expense of little power consumption.</t>
+    <t>2023-05-28T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Transnational Education Review</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>3 to 16</t>
+  </si>
+  <si>
+    <t>2753-8656</t>
+  </si>
+  <si>
+    <t>Machine learning models to predict refugee crisis situations are still lacking. The model proposed in this work uses a set of predictive features that are indicative of the sociocultural, socioeconomic, and economic characteristics that exist within each country and region. Twenty-eight features were collected for specific countries and years. The feature set was tested in experiments using ordinary least squares regression based on regional subsets. Potential location-based features stood out in our results, such as the global peace index, access to electricity, access to basic water, media censorship, and healthcare. The model performed best for the region of Europe, wherein the features with the most predictive power included access to justice and homicide rate. Corruption features stood out in both Africa and Asia, while population features were dominant in the Americas. Model performance metrics are provided for each experiment. Limitations of this dataset are discussed, as are steps for future work.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1423140; 1816699</t>
-[...5 lines deleted...]
-    <t>Conference Paper</t>
+    <t>1920920</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>10326854</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.osnem.2022.100201</t>
+  </si>
+  <si>
+    <t>Applying diffusion of innovations theory to social networks to understand the stages of adoption in connective action campaigns</t>
+  </si>
+  <si>
+    <t>Spann, Billy; Mead, Esther; Maleki, Maryam; Agarwal, Nitin; Williams, Therese</t>
+  </si>
+  <si>
+    <t>2022-03-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Online Social Networks and Media</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>100201</t>
+  </si>
+  <si>
+    <t>2468-6964</t>
+  </si>
+  <si>
+    <t>1920920; 1946391</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>10321730</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.21428/e3990ae6.60c47409</t>
+  </si>
+  <si>
+    <t>Assessing the influence and reach of digital activity amongst far-right actors: A comparative evaluation of mainstream and ‘free speech’ social media platforms</t>
+  </si>
+  <si>
+    <t>McNerney, Hillary Woodworth; Spann, Billy; Mead, Esther L.; Kready, Joseph; Marcoux, Thomas; Agarwal, Nitin</t>
+  </si>
+  <si>
+    <t>2021-12-19T05:00:00Z</t>
+  </si>
+  <si>
+    <t>For(e)Dialogue</t>
+  </si>
+  <si>
+    <t>Vol 4, Issue 1</t>
+  </si>
+  <si>
+    <t>1946391; 1920920</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>10321614</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1016/j.ipm.2021.102660</t>
+  </si>
+  <si>
+    <t>Developing a socio-computational approach to examine toxicity propagation and regulation in COVID-19 discourse on YouTube</t>
+  </si>
+  <si>
+    <t>Obadimu, Adewale; Khaund, Tuja; Mead, Esther; Marcoux, Thomas; Agarwal, Nitin</t>
+  </si>
+  <si>
+    <t>2021-09-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Information Processing &amp; Management</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>0306-4573</t>
+  </si>
+  <si>
+    <t>10227454</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1007/s13278-021-00748-w</t>
+  </si>
+  <si>
+    <t>A public online resource to track COVID-19 misinfodemic</t>
+  </si>
+  <si>
+    <t>Marcoux, Thomas; Galeano, Katrin; Galeano, Rick; DiCicco, Karen; Al Rubaye, Hayder; Mead, Esther; Agarwal, Nitin; Galeano, Anna</t>
+  </si>
+  <si>
+    <t>null</t>
+  </si>
+  <si>
+    <t>2021-12-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Social Network Analysis and Mining</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>1869-5450</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -176,51 +299,51 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Z2"/>
+  <dimension ref="A1:Z6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
       <c r="B1" t="s" s="1">
         <v>1</v>
       </c>
       <c r="C1" t="s" s="1">
         <v>2</v>
       </c>
       <c r="D1" t="s" s="1">
         <v>3</v>
       </c>
       <c r="E1" t="s" s="1">
         <v>4</v>
       </c>
       <c r="F1" t="s" s="1">
         <v>5</v>
       </c>
       <c r="G1" t="s" s="1">
@@ -287,79 +410,339 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>33</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="L2" s="0"/>
+        <v>34</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
+    <row r="3">
+      <c r="A3" t="s" s="0">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s" s="0">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s" s="0">
+        <v>43</v>
+      </c>
+      <c r="D3" t="s" s="0">
+        <v>44</v>
+      </c>
+      <c r="E3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G3" t="s" s="0">
+        <v>45</v>
+      </c>
+      <c r="H3" t="s" s="0">
+        <v>46</v>
+      </c>
+      <c r="I3" t="s" s="0">
+        <v>47</v>
+      </c>
+      <c r="J3" t="s" s="0">
+        <v>48</v>
+      </c>
+      <c r="K3" t="s" s="0">
+        <v>49</v>
+      </c>
+      <c r="L3" t="s" s="0">
+        <v>50</v>
+      </c>
+      <c r="M3" s="0"/>
+      <c r="N3" s="0"/>
+      <c r="O3" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P3" t="s" s="0">
+        <v>51</v>
+      </c>
+      <c r="Q3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R3" t="s" s="0">
+        <v>52</v>
+      </c>
+      <c r="S3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T3" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U3" s="0"/>
+      <c r="V3" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W3" s="0"/>
+      <c r="X3" s="0"/>
+      <c r="Y3" s="0"/>
+      <c r="Z3" s="0"/>
+    </row>
+    <row r="4">
+      <c r="A4" t="s" s="0">
+        <v>53</v>
+      </c>
+      <c r="B4" t="s" s="0">
+        <v>54</v>
+      </c>
+      <c r="C4" t="s" s="0">
+        <v>55</v>
+      </c>
+      <c r="D4" t="s" s="0">
+        <v>56</v>
+      </c>
+      <c r="E4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G4" t="s" s="0">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s" s="0">
+        <v>58</v>
+      </c>
+      <c r="I4" s="0"/>
+      <c r="J4" t="s" s="0">
+        <v>59</v>
+      </c>
+      <c r="K4" s="0"/>
+      <c r="L4" s="0"/>
+      <c r="M4" s="0"/>
+      <c r="N4" s="0"/>
+      <c r="O4" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s" s="0">
+        <v>60</v>
+      </c>
+      <c r="Q4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R4" t="s" s="0">
+        <v>61</v>
+      </c>
+      <c r="S4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T4" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U4" s="0"/>
+      <c r="V4" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W4" s="0"/>
+      <c r="X4" s="0"/>
+      <c r="Y4" s="0"/>
+      <c r="Z4" s="0"/>
+    </row>
+    <row r="5">
+      <c r="A5" t="s" s="0">
+        <v>62</v>
+      </c>
+      <c r="B5" t="s" s="0">
+        <v>63</v>
+      </c>
+      <c r="C5" t="s" s="0">
+        <v>64</v>
+      </c>
+      <c r="D5" t="s" s="0">
+        <v>65</v>
+      </c>
+      <c r="E5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="G5" t="s" s="0">
+        <v>66</v>
+      </c>
+      <c r="H5" t="s" s="0">
+        <v>67</v>
+      </c>
+      <c r="I5" t="s" s="0">
+        <v>68</v>
+      </c>
+      <c r="J5" t="s" s="0">
+        <v>69</v>
+      </c>
+      <c r="K5" s="0"/>
+      <c r="L5" t="s" s="0">
+        <v>70</v>
+      </c>
+      <c r="M5" s="0"/>
+      <c r="N5" s="0"/>
+      <c r="O5" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P5" t="s" s="0">
+        <v>60</v>
+      </c>
+      <c r="Q5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R5" t="s" s="0">
+        <v>61</v>
+      </c>
+      <c r="S5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T5" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U5" s="0"/>
+      <c r="V5" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W5" s="0"/>
+      <c r="X5" s="0"/>
+      <c r="Y5" s="0"/>
+      <c r="Z5" s="0"/>
+    </row>
+    <row r="6">
+      <c r="A6" t="s" s="0">
+        <v>71</v>
+      </c>
+      <c r="B6" t="s" s="0">
+        <v>72</v>
+      </c>
+      <c r="C6" t="s" s="0">
+        <v>73</v>
+      </c>
+      <c r="D6" t="s" s="0">
+        <v>74</v>
+      </c>
+      <c r="E6" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="F6" t="s" s="0">
+        <v>75</v>
+      </c>
+      <c r="G6" t="s" s="0">
+        <v>76</v>
+      </c>
+      <c r="H6" t="s" s="0">
+        <v>77</v>
+      </c>
+      <c r="I6" t="s" s="0">
+        <v>78</v>
+      </c>
+      <c r="J6" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="K6" s="0"/>
+      <c r="L6" t="s" s="0">
+        <v>79</v>
+      </c>
+      <c r="M6" s="0"/>
+      <c r="N6" s="0"/>
+      <c r="O6" t="s" s="0">
+        <v>37</v>
+      </c>
+      <c r="P6" t="s" s="0">
+        <v>51</v>
+      </c>
+      <c r="Q6" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R6" t="s" s="0">
+        <v>61</v>
+      </c>
+      <c r="S6" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="T6" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="U6" s="0"/>
+      <c r="V6" t="s" s="0">
+        <v>40</v>
+      </c>
+      <c r="W6" s="0"/>
+      <c r="X6" s="0"/>
+      <c r="Y6" s="0"/>
+      <c r="Z6" s="0"/>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>