--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10177396</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3341215.3356312</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Rainbow Agents: A Collaborative Game For Computational Literacy</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Pellicone, Anthony; Lyons, Leilah; Kumar, Vishesh; Zhang, Eda; Berland, Matthew</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>CHI:PLAY '19</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>597 to 604</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This paper describes the design of a collaborative game, called Rainbow Agents, that has been created to promote computational literacy through play. In Rainbow Agents, players engage directly with computational concepts by programming agents to plant and maintain a shared garden space. Rainbow Agents was designed to encourage collaborative play and shared sense-making from groups who are typically underrepresented in computer science. In this paper, we discuss how that design goal informed the mechanics of the game, and how each of those mechanics affords different goal alignments towards gameplay (e.g. competitive versus collaborative). We apply this framework using a case from an early implementation, describing how player goal alignments towards the game changed within the course of a single play session. We conclude by discussing avenues of future work as we begin data collection in two heavily diverse science museum locations.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1713439</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>