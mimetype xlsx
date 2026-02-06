--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10177534</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.22318/icls2020.935</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>“Our Dog Probably Thinks Christmas is Really Boring”: Re-mediating Science Education for Feminist-Inspired Inquiry</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kelly, Annie; Chang, Christine; Hill, Christian; West, Mary; Yoder, Mary; Polman, Joseph; Kane, Shaun; Eisenberg, Michael; Shapiro, R. Benjamin</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-06-19T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of International Conference of the Learning Sciences (ICLS) 2020</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>935-942</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Feminist science approaches recognize the value of integrating empathy, closeness, subjectivity, and caring into scientific sensemaking. These approaches reject the notion that scientists must be objective and dispassionate, and expand the possibilities of what is considered valuable scientific knowledge. One avenue for engaging people in empathetically driven scientific inquiry is through learning activities about how our pets experience the world. In this study, we developed an augmented reality device we called DoggyVision that lets people see the world similar to dogs’ vision. We designed a scavenger-hunt for families where they explored indoor and outdoor environments with DoggyVision, collected data firsthand, and drew conclusions about the differences between how humans and dogs see the world. In this paper, we illustrate how our DoggyVision workshop re-mediated scientific inquiry and supported the integration of feminist practices into scientific sensemaking.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1736051</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>