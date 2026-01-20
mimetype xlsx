--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,84 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10177617</t>
-[...8 lines deleted...]
-    <t>Wood, Sara; Henning, Jeremiah A.; Chen, Luoying; McKibben, Taylor; Smith, Michael L.; Weber, Marjorie; Zemenick, Ash; Ballen, Cissy J.</t>
+    <t>10125376</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-06-24T04:00:00Z</t>
-[...17 lines deleted...]
-    <t>Textbooks shape teaching and learning in introductory biology and highlight scientists as potential role models who are responsible for significant discoveries. We explore a potential demographic mismatch between the scientists featured in textbooks and the students who use textbooks to learn core concepts in biology. We conducted a demographic analysis by extracting hundreds of human names from common biology textbooks and assessing the binary gender and race of featured scientists. We found that the most common scientists featured in textbooks are white men. However, women and scientists of colour are increasingly represented in contemporary scientific discoveries. In fact, the proportion of women highlighted in textbooks has increased in lockstep with the proportion of women in the field, indicating that textbooks are matching a changing demographic landscape. Despite these gains, the scientists portrayed in textbooks are not representative of their target audience—the student population. Overall, very few scientists of colour were highlighted, and projections suggest it could take multiple centuries at current rates before we reach inclusive representation. We call upon textbook publishers to expand upon the scientists they highlight to reflect the diverse population of learners in biology.</t>
+    <t>Toward a National Agenda for Broadening Participation of African Americans in Engineering &amp; Computer Science: A Methodological Overview of Phase II</t>
+  </si>
+  <si>
+    <t>Hawkins Ash, C.; Lee, W.C.; London, J.; Holloman, T.; Jew, G.; Halkiyo, A.; Watford, B.</t>
+  </si>
+  <si>
+    <t>2018-10-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>IEEE Frontiers in Education Conference</t>
+  </si>
+  <si>
+    <t>This “work in progress” showcases the methodological processes underway in Phase II of a three-part study. In its entirety, the study aims to (1) critically assess and evaluate the current research-to-practice cycle as it relates to participation and success of African Americans in engineering and computer science, and (2) set a national agenda for
+broadening the participation of African Americans in these two fields. Phase II of this study consists of semi-structured interviews with approximately 60 subject-matter experts from
+the fields of K-12 education, undergraduate education, graduate education, and the engineering and computing workforce. This paper discusses the following processes: a) participant recruitment, screening, and selection, as well as, b) protocol development and piloting. Insights about our methodological approaches might be useful to others developing research designs intended to capture the perspectives of various stakeholders
+associated with similarly complex and multifaceted issues.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1831164</t>
-[...5 lines deleted...]
-    <t>Journal Article</t>
+    <t>1647327</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -285,96 +273,88 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
-[...13 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>