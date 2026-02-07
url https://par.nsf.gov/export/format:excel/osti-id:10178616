--- v0 (2025-11-03)
+++ v1 (2026-02-07)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10178616</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Reaction to Bugs During Robot Programming</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Kim, C.; Belland, B. R.; Vasconcelos, L.; Hill, R. B.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Annual meeting program  American Educational Research Association</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0163-9676</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>It is often said that computer science is for all students. This implies that it is also for early childhood students, including preschoolers, kindergarteners, and early elementary schoolers. To integrate computer science education into early childhood education, it is necessary to prepare early childhood teachers to do so. In this study, we investigated how and why 15 preservice, early childhood teachers reacted to and addressed challenges when creating block-based programming to control robots. Data sources included classroom recordings, interviews, lesson artifacts, and questionnaires. Analysis strategies included open and axial coding. Findings on hypothesis generation, guess-and-check practice, stereotypical conception, and adaptive attribution to success in programming are discussed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1906059</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>