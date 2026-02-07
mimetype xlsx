--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10178634</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Experimental Study of Machine Learning based Malware Detection Systems’ Practical Utility</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Yuping; Caragea, Doina; Hall, Lawrence; Ou, Xinming</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>HICSS SYMPOSIUM ON CYBERSECURITY BIG DATA ANALYTICS</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Thanks to the numerous machine learning based malware detection (MLMD) research in recent years and the readily available online malware scanning system (e.g., VirusTotal), it becomes relatively easy to build a seemingly successful MLMD system using the following standard procedure: first prepare a set of ground truth data by checking with VirusTotal, then extract features from training dataset and build a machine learning detection model, and finally evaluate the model with a disjoint testing dataset. We argue that such evaluation methods do not expose the real utility of ML based malware detection in practice since the ML model is both built and tested on malware that are known at the time of training. The user could simply run them through VirusTotal just as how the researchers obtained the ground truth, instead of using the more sophisticated ML approach. However, ML based malware detection has the potential of identifying malware that has not been known at the time of training, which is the real value ML brings to this problem. We present experimentation study on how well a machine learning based malware detection system can achieve this. Our experiments showed that MLMD can consistently generate previously unknown malware knowledge, e.g., malware that is not detectable by existing malware detection systems at MLMD’s training time. Our research illustrates an ideal usage scenario for MLMD systems and demonstrates that such systems can benefit malware detection in practice. For example, by utilizing the new signals provided by the MLMD system and the detection capability of existing malware detection systems, we can more quickly uncover new malware variants or families.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1717862; 1622402</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>