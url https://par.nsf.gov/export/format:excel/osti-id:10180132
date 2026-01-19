--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,81 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10180132</t>
-[...8 lines deleted...]
-    <t>Fan, Zhaobing; Lai, Chun-Ju; Li, Yiqiang; Luo, Li; Wang, Weiqiang</t>
+    <t>10105277</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-05-01T04:00:00Z</t>
-[...14 lines deleted...]
-    <t>0065-9266</t>
+    <t>Stability Conditions for Cluster Synchronization in Networks of Heterogeneous Kuramoto Oscillators</t>
+  </si>
+  <si>
+    <t>Menara, T.; Baggio, G.; Bassett, D; Pasqualetti, F</t>
+  </si>
+  <si>
+    <t>2019-01-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>IEEE transactions on control of network systems</t>
+  </si>
+  <si>
+    <t>2325-5870</t>
+  </si>
+  <si>
+    <t>In this paper we study cluster synchronization in networks of oscillators with heterogenous Kuramoto dynamics, where multiple groups of oscillators with identical phases coexist in a connected network. Cluster synchronization is at the basis of several biological and technological processes; yet the underlying mechanisms to enable cluster synchronization of Kuramoto oscillators have remained elusive. In this paper we derive quantitative conditions on the network weights, cluster configuration, and oscillators' natural frequency that ensure asymptotic stability of the cluster synchronization manifold; that is, the ability to recover the desired cluster synchronization configuration following a perturbation of the oscillators' states. Qualitatively, our results show that cluster synchronization is stable when the intra-cluster coupling is sufficiently stronger than the inter-cluster coupling, the natural frequencies of the oscillators in distinct clusters are sufficiently different, or, in the case of two clusters, when the intra-cluster dynamics is homogeneous. We illustrate and validate the effectiveness of our theoretical results via numerical studies.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1801915</t>
-[...2 lines deleted...]
-    <t>2020</t>
+    <t>1631112</t>
+  </si>
+  <si>
+    <t>2019</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
@@ -282,94 +273,90 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" t="s" s="0">
+      <c r="O2" t="s" s="0">
         <v>34</v>
       </c>
-      <c r="K2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>35</v>
       </c>
-      <c r="L2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="M2" s="0"/>
-[...12 lines deleted...]
-      </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>