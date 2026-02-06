--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10182311</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.22318/icls2020.1237</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>TunePad: Engaging Learners at the Intersection of Music and Code</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Horn, Michael; Banerjee, Amartya; West, Melanie; Pinkard, Nichole; Pratt, Amy; Freeman, Jason; Magerko, Brian; McKlin, Tom</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>International Society of the Learning Sciences (ISLS)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>Jun-2020</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1237-1244</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>TunePad is a free, online platform designed with the goal of empowering diverse communities of learners to create and share music through code. We are interested in the idea of music as a pervasive form of literacy with abundant connections to concepts of computer programming. Over the past three years we have developed and refined successive prototypes with over 500 middle school and high school students in a variety of learning spaces including schools, libraries, summer camps, and other out-of-school programs. This paper shares the current TunePad design along with data from three summer camps for middle school students that involved daily work with the platform. Through these camps we saw significant gains in learners’ attitudes around computer programming as measured through pre-post surveys. We also share a theoretical perspective on music and coding as an intersection of literacies that we reflect on through student-created artifacts.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1837661</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>