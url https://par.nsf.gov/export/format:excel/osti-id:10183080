--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10183080</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Computational thinking, mathematics, and science: Elementary teachers’ perspectives on integration.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rich, K. M.; Yadav, A.; Schwarz, C. V</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of technology and teacher education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>165-205</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1943-5924</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In order to create professional development experiences, curriculum materials, and policies that support elementary school teachers to embed computational thinking (CT) in their teaching, researchers and teacher educators must under- stand ways teachers see CT as connecting to their classroom practices. Taking the viewpoint that teachers’ initial ideas about CT can serve as useful resources on which to build ed- ucational experiences, we interviewed 12 elementary school teachers to probe their understanding of six components of CT (abstraction, algorithmic thinking, automation, debug- ging, decomposition, and generalization) and how those com- ponents relate to their math and science teaching. Results suggested that teachers saw stronger connections between CT and their mathematics instruction than between CT and their science instruction. We also found that teachers draw upon their existing knowledge of CT-related terminology to make connections to their math and science instruction that could be leveraged in professional development. Teachers were, however, concerned about bringing CT into teaching due to limited class time and the difficulties of addressing high level CT in developmentally appropriate ways. We discuss these results and their implications future research and the design of professional development, sharing examples of how we used teachers’ initial ideas as the foundation of a workshop introducing them to computational thinking.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1738677</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>