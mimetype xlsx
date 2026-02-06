--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,167 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...115 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -181,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10184090</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18260/1-2--35258</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Supporting Upper Elementary Students’ Engineering Practices in an Integrated Science and Engineering Unit.</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Lilly, S.; McAlister, A.; Fick, S.; Chiu, J. L.; McElhaney, K.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-06-22T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Paper presented at 2020 ASEE Virtual Annual Conference Content Access, Virtual On line.</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>To support teachers in providing all students with opportunities to engage in engineering
+learning activities, research must examine the ways that elementary teachers support how diverse learners engage with engineering ideas and practices. This study focuses on two teachers' verbal supports in classroom discussions across two class sections of a four-week, NGSS-aligned unit that challenged students to redesign their school to reduce water runoff. We examine the research question: How and to what extent do upper-elementary teachers verbally support students' engagement with engineering practices across diverse classroom contexts in an NGSS-aligned integrated science unit? Classroom audio data was collected daily and coded to analyze support through different purposes of teacher talk. Results reveal the purpose of teachers’ talk often varied between the class sections depending on the instructional activity and indicate that teachers utilized a variety of supports toward students' engagement in different engineering practices. In one class, with a large percentage of students with individualized educational plans, teachers provided more epistemic talk about the engineering practices to contextualize the particular activities. For the other class, with a large percentage of students in advanced mathematics, teachers provided more opportunities for students to engage in discussion and support for students to do engineering. This difference in supports may decrease the opportunities for some students to rigorously engage in engineering ideas and practices. This study can inform future research on the kinds of educative supports needed to guide teaching of integrated engineering activities for diverse students.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1742195</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>