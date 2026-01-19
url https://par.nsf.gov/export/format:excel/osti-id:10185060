--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,81 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10185060</t>
-[...8 lines deleted...]
-    <t>Mohammadabadi, Mostafa; Jarvis, James; Yadama, Vikram; Cofer, William</t>
+    <t>10342974</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-06-01T04:00:00Z</t>
-[...17 lines deleted...]
-    <t>Strands produced from small-diameter timbers of lodgepole and ponderosa pine were used to fabricate a composite sandwich structure as a replacement for traditional building envelope materials, such as roofing. It is beneficial to develop models that are verified to predict the behavior of these sandwich structures under typical service loads. When used for building envelopes, these structural panels are subjected to bending due to wind, snow, live, and dead loads during their service life. The objective of this study was to develop a theoretical and a finite element (FE) model to evaluate the elastic bending behavior of the wood-strand composite sandwich panel with a biaxial corrugated core. The effect of shear deformation was shown to be negligible by applying two theoretical models, the Euler–Bernoulli and Timoshenko beam theories. Tensile tests were conducted to obtain the material properties as inputs into the models. Predicted bending stiffness of the sandwich panels using Euler-Bernoulli, Timoshenko, and FE models differed from the experimental results by 3.6%, 5.2%, and 6.5%, respectively. Using FE and theoretical models, a sensitivity analysis was conducted to explore the effect of change in bending stiffness due to intrinsic variation in material properties of the wood composite material.</t>
+    <t>Strengthening Broadband through Library Engagement: Libraries as Critical Infrastructure Intermediaries</t>
+  </si>
+  <si>
+    <t>Eleanor Mattern, Konstantinos Pelechrinis</t>
+  </si>
+  <si>
+    <t>2022-10-24T04:00:00Z</t>
+  </si>
+  <si>
+    <t>ALISE</t>
+  </si>
+  <si>
+    <t>In the Pittsburgh region, the Every1online project, led by the non-profit Meta Mesh, bridges communities with no-cost Internet service. Recognizing that digital literacy is a core component of digital inclusion, the authors worked with Meta Mesh to consider the digital literacy needs of community members and to be responsive to these needs through resources provided to individuals as their Internet connection is established. To build an understanding of these digital literacy needs, the research team surveyed librarians to discover the questions that patrons bring to the library. In this paper, we propose that libraries both provide essential social infrastructure and, as evidenced by this case study, serve as important intermediaries to critical infrastructure. We introduce the concept of a critical infrastructure intermediary, an organization or individual that helps people to find and use critical infrastructure and that helps to strengthen that infrastructure through a feedback loop.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1150316</t>
-[...5 lines deleted...]
-    <t>Journal Article</t>
+    <t>2034625</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -285,96 +270,88 @@
       </c>
       <c r="X1" t="s" s="1">
         <v>23</v>
       </c>
       <c r="Y1" t="s" s="1">
         <v>24</v>
       </c>
       <c r="Z1" t="s" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s" s="0">
+        <v>27</v>
+      </c>
+      <c r="G2" t="s" s="0">
         <v>30</v>
       </c>
-      <c r="F2" t="s" s="0">
-[...2 lines deleted...]
-      <c r="G2" t="s" s="0">
+      <c r="H2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" t="s" s="0">
-[...13 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
+      <c r="K2" s="0"/>
+      <c r="L2" s="0"/>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="Q2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="T2" t="s" s="0">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>