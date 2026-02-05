--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10185642</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.5220/0009156201850195</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Improving Dense Crowd Counting Convolutional Neural Networks using Inverse k-Nearest Neighbor Maps and Multiscale Upsampling [Improving Dense Crowd Counting Convolutional Neural Networks using Inverse k-Nearest Neighbor Maps and Multiscale Upsampling]</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Olmschenk, Greg; Tang, Hao; Zhu, Zhigang</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>15th International Joint Conference on Computer Vision, Imaging and Computer Graphics Theory and Applications</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>185 to 195</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Gatherings of thousands to millions of people frequently occur for an enormous variety of events, and automated counting of these high-density crowds is useful for safety, management, and measuring significance of an event. In this work, we show that the regularly accepted labeling scheme of crowd density maps for training deep neural networks is less effective than our alternative inverse k-nearest neighbor (i$k$NN) maps, even when used directly in existing state-of-the-art network structures. We also provide a new network architecture MUD-i$k$NN, which uses multi-scale upsampling via transposed convolutions to take full advantage of the provided i$k$NN labeling. This upsampling combined with the i$k$NN maps further improves crowd counting accuracy. Our new network architecture performs favorably in comparison with the state-of-the-art. However, our labeling and upsampling techniques are generally applicable to existing crowd counting architectures.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1827505; 1737533</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>