--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10186601</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Multi-Context Generation in Virtual Reality Environments using Deep Reinforcement Learning</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Cunningham, James; Lopez, Christian; Ashour, Omar; Tucker, Conrad</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-08-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ASME IDETC-CIE</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>In this work, a Deep Reinforcement Learning (RL) approach is proposed for Procedural Content Generation (PCG) that seeks to automate the generation of multiple related virtual reality (VR) environments for enhanced personalized learning. This allows for the user to be exposed to multiple virtual scenarios that demonstrate a consistent theme, which is especially valuable in an educational context. RL approaches to PCG offer the advantage of not requiring training data, as opposed to other PCG approaches that employ supervised learning approaches. This work advances the state of the art in RL-based PCG by demonstrating the ability to generate a diversity of contexts in order to teach the same underlying concept. A case study is presented that demonstrates the feasibility of the proposed RL-based PCG method using examples of probability distributions in both manufacturing facility and grocery store virtual environments. The method demonstrated in this paper has the potential to enable the automatic generation of a variety of virtual environments that are connected by a common concept or theme.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1834465</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>