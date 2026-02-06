--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,308 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10186605</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/BigData47090.2019.9006514</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Can Machine/Deep Learning Classifiers Detect Zero-Day Malware with High Accuracy?</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Abri, Faranak; Siami-Namini, Sima; Khanghah, Mahdi Adl; Soltani, Fahimeh Mirza; Namin, Akbar Siami</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2019-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>2019 IEEE International Conference on Big Data (Big Data)</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3252 to 3259</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The detection of zero-day attacks and vulnerabilities is a challenging problem. It is of utmost importance for network administrators to identify them with high accuracy. The higher the accuracy is, the more robust the defense mechanism will be.
+In an ideal scenario (i.e., 100% accuracy) the system can detect zero-day malware without being concerned about mistakenly tagging benign files as malware or enabling disruptive malicious code running as none-malicious ones. This paper investigates different machine learning algorithms to find out how well they
+can detect zero-day malware. Through the examination of 34 machine/deep learning classifiers, we found that the random forest classifier offered the best accuracy. The paper poses several research questions regarding the performance of machine and deep learning algorithms when detecting zero-day malware with
+zero rates for false positive and false negative.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1821560; 1723765</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2019</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>