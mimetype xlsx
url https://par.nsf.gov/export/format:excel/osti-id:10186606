--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10186606</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1115/1.4046293</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Deep Reinforcement Learning for Procedural Content Generation of 3D Virtual Environments</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>López, Christian E.; Cunningham, James; Ashour, Omar; Tucker, Conrad S.</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-10-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Computing and Information Science in Engineering</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1530-9827</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Abstract            This work presents a deep reinforcement learning (DRL) approach for procedural content generation (PCG) to automatically generate three-dimensional (3D) virtual environments that users can interact with. The primary objective of PCG methods is to algorithmically generate new content in order to improve user experience. Researchers have started exploring the use of machine learning (ML) methods to generate content. However, these approaches frequently implement supervised ML algorithms that require initial datasets to train their generative models. In contrast, RL algorithms do not require training data to be collected a priori since they take advantage of simulation to train their models. Considering the advantages of RL algorithms, this work presents a method that generates new 3D virtual environments by training an RL agent using a 3D simulation platform. This work extends the authors’ previous work and presents the results of a case study that supports the capability of the proposed method to generate new 3D virtual environments. The ability to automatically generate new content has the potential to maintain users’ engagement in a wide variety of applications such as virtual reality applications for education and training, and engineering conceptual design.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1834465</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>