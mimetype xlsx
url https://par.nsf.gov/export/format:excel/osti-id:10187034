--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10187034</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.2478/popets-2020-0050</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Price is (Not) Right: Comparing Privacy in Free and Paid Apps</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Han, Catherine; Reyes, Irwin; Feal, Álvaro; Reardon, Joel; Wijesekera, Primal; Vallina-Rodriguez, Narseo; Elazar, Amit; Bamberger, Kenneth A.; Egelman, Serge</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings on Privacy Enhancing Technologies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2299-0984</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>It is commonly assumed that “free” mobile apps come at the cost of consumer privacy and that paying for apps could offer consumers protection from behavioral advertising and long-term tracking. This work empirically evaluates the validity of this assumption by comparing the privacy practices of free apps and their paid premium versions, while also gauging consumer expectations surrounding free and paid apps. We use both static and dynamic analysis to examine 5,877 pairs of free Android apps and their paid counterparts for differences in data collection practices and privacy policies between pairs. To understand user expectations for paid apps, we conducted a 998-participant online survey and found that consumers expect paid apps to have better security and privacy behaviors. However, there is no clear evidence that paying for an app will actually guarantee protection from extensive data collection in practice. Given that the free version had at least one thirdparty library or dangerous permission, respectively, we discovered that 45% of the paid versions reused all of the same third-party libraries as their free versions, and 74% of the paid versions had all of the dangerous permissions held by the free app. Likewise, our dynamic analysis revealed that 32% of the paid apps exhibit all of the same data collection and transmission behaviors as their free counterparts. Finally, we found that 40% of apps did not have a privacy policy link in the Google Play Store and that only 3.7% of the pairs that did reflected differences between the free and paid versions.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1817248</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>