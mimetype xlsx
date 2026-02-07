--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,163 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...111 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -177,181 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10188566</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Hidden-Trigger Backdoor Attacks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Saha, Aniruddha; Subramanya, Akshayvarun; Pirsiavash, Hamed</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>34th AAAI Conference on Artificial Intelligence (AAAI) 2020</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>With the success of deep learning algorithms in various domains, studying adversarial attacks to secure deep models in real world applications has become an important research topic. Backdoor attacks are a form of adversarial attacks on deep networks where the attacker provides poisoned data to the victim to train the model with, and then activates the attack by showing a specific small trigger pattern at the test time. Most state-of-the-art backdoor attacks either provide mislabeled poisoning data that is possible to identify by visual inspection, reveal the trigger in the poisoned data, or use noise to hide the trigger. We propose a novel form of backdoor attack where poisoned data look natural with correct labels and also more importantly, the attacker hides the trigger in the poisoned data and keeps the trigger secret until the test time. We perform an extensive study on various image classification settings and show that our attack can fool the model by pasting the trigger at random locations on unseen images although the model performs well on clean data. We also show that our proposed attack cannot be easily defended using a state-of-the-art defense algorithm for backdoor attacks.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1845216</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>