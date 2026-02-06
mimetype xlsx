--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,164 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="37">
-[...112 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -178,181 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10188585</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Telekine: Secure Computing with Cloud GPUs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Hunt, Tyler; Jia, Zhipeng; Miller, Vance; Szekely, Ariel; Hu, Yige; Rossbach, Christopher J; Witchel, Emmett</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-02-26T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>17th USENIX Symposium on Networked Systems Design and Implementation</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>GPUs have become ubiquitous in the cloud due to the dramatic performance gains they enable in domains such as machine learning and computer vision. However, offloading GPU computation to the cloud requires placing enormous trust in providers and administrators. Recent proposals for GPU trusted execution environments (TEEs) are promising but fail to address very real side-channel concerns. To illustrate the severity of the problem, we demonstrate a novel attack that enables an attacker to correctly classify images from ImageNet by observing only the timing of GPU kernel execution, rather than the images themselves.
+Telekine enables applications to use GPU acceleration in the cloud securely, based on a novel GPU stream abstraction that ensures execution and interaction through untrusted components are independent of any secret data. Given a GPU with support for a TEE, Telekine employs a novel variant of API remoting to partition application-level software into components to ensure secret-dependent behaviors occur only on trusted components. Telekine can securely train modern image recognition models on MXNet with 10%–22% performance penalty relative to an insecure baseline with a locally attached GPU. It runs graph algorithms using Galois on one and two GPUs with 18%–41% overhead.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1900457</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>