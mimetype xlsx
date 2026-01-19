--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,87 +86,103 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10188792</t>
-[...8 lines deleted...]
-    <t>Sharma, Sharad; Stigall, James; Bodempudi, Sri Teja</t>
+    <t>10547315</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1177/1046878120947462</t>
+  </si>
+  <si>
+    <t>Neurological Assessment Using a Physical-Virtual Patient (PVP)</t>
+  </si>
+  <si>
+    <t>Gonzalez, Laura [University of Central Florida, FL, USA] (ORCID:0000000216888142); Daher, Salam [University of Central Florida, FL, USA, New Jersey Institute of Technology, NJ, USA]; Welch, Greg [University of Central Florida, FL, USA]</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2020-03-01T05:00:00Z</t>
-[...8 lines deleted...]
-    <t>Emergency response in indoor building evacuation is essential for effective rescue and safety management. First responders often lack the situational awareness capability to quickly assess the layout of a building upon initial entry. For occupants of the building, situational awareness becomes more important in cases of active shooter events or circumstances of fire and smoke. One of the challenges is to provide user-specific personalized evacuation routes in real-time. In multilevel building environments, the complexity of the architecture creates problems for both visual and mental representation of the 3D spaces. This paper presents three cutting edge Augmented Reality Instructional (ARI) modules that overcome the visual limitations associated with the traditional, static 2D methods of communicating evacuation plans for multilevel buildings. Using existing building features, the authors demonstrate how the three modules provide contextualized 3D visualizations that promote and support spatial knowledge acquisition and cognitive mapping thereby enhancing situational awareness. These ARI visualizations are developed for first responders and building occupants to help increase emergency preparedness and mitigate the evacuation related risks in multilevel building rescues and safety management. Specifically, the paper describes the design and implementation of the ARI modules and reports the results of the pilot studies conducted to evaluate their perceived usefulness, ease-of-use, and usability. The results suggest the desirability of further heuristic examination of three-dimensional situational awareness-based ARI application effectiveness in multilevel building evacuations.</t>
+    <t>2020-08-12T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Simulation &amp; Gaming</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>1046-8781</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Background. Simulation has revolutionized teaching and learning. However, traditional manikins are limited in their ability to exhibit emotions, movements, and interactive eye gaze. As a result, students struggle with immersion and may be unable to authentically relate to the patient.&lt;/p&gt;
+ &lt;p&gt;Intervention. We developed a new type of patient simulator called the Physical-Virtual Patients (PVP) which combines the physicality of manikins with the richness of dynamic visuals. The PVP uses spatial Augmented Reality to rear project dynamic imagery (e.g., facial expressions, ptosis, pupil reactions) on a semi-transparent physical shell. The shell occupies space and matches the dimensions of a human head.&lt;/p&gt;
+ &lt;p&gt;Methods. We compared two groups of third semester nursing students (N=59) from a baccalaureate program using a between-participant design, one group interacting with a traditional high-fidelity manikin versus a more realistic PVP head. The learners had to perform a neurological assessment. We measured authenticity, urgency, and learning.&lt;/p&gt;
+ &lt;p&gt;Results. Learners had a more realistic encounter with the PVP patient (p=0.046), they were more engaged with the PVP condition compared to the manikin in terms of authenticity of encounter and cognitive strategies. The PVP provoked a higher sense of urgency (p=0.002). There was increased learning for the PVP group compared to the manikin group on the pre and post-simulation scores (p=0.027).&lt;/p&gt;
+ &lt;p&gt;Conclusion. The realism of the visuals in the PVP increases authenticity and engagement which results in a greater sense of urgency and overall learning.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1923986</t>
+    <t>1800961</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>Conference Paper</t>
+    <t>p. 802-818</t>
+  </si>
+  <si>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>SAGE Publications</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -287,79 +303,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-[...1 lines deleted...]
-      <c r="K2" t="s" s="0">
+      <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="L2" s="0"/>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" s="0"/>
+      <c r="L2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="W2" s="0"/>
+        <v>41</v>
+      </c>
+      <c r="W2" t="s" s="0">
+        <v>42</v>
+      </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>