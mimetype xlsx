--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,169 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
-[...117 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -183,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10189510</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3328778.3366797</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Code, Connect, Create: The 3C Professional Development Model to Support Computational Thinking Infusion</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jocius, Robin; Joshi, Deepti; Dong, Yihuan; Robinson, Richard; Cateté, Veronica; Barnes, Tiffany; Albert, Jennifer; Andrews, Ashley; Lytle, Nicholas</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2020-02-26T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>SIGCSE '20: Proceedings of the 51st ACM Technical Symposium on Computer Science Education</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>971 to 977</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Despite the increasing attention to infusing CT into middle and high school content area classrooms, there is a lack of information about the most effective practices and models to support teachers in their efforts to integrate disciplinary content and CT principles. To address this need, this paper proposes the Code, Connect and Create (3C) professional development (PD) model, which was designed to support middle and high school content area teachers in infusing computational thinking into their classrooms. To evaluate the model, we analyzed quantitative and qualitative data collected from Infusing Computing PD workshops designed for in-service science, math, English language arts, and social studies teachers located in two Southeastern states. Drawing on findings from our analysis of teacher-created learning segments, surveys, and interviews, we argue that the 3C professional development model supported shifts in teacher understandings of the role of computational thinking in content area classrooms, as well as their self-efficacy and beliefs regarding CT integration into disciplinary content. We conclude by offering implications for the use of this model to increase teacher and student access to computational thinking practices in middle and high school classrooms.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1742332</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2020</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>